--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -10,254 +10,641 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="197">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Sidney Borges de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1451/projeto_de_lei__1794_2026__-_altera_a_lei_1556-25_-_dispoe_sobre_cargos_procuradoria.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1451/projeto_de_lei__1794_2026__-_altera_a_lei_1556-25_-_dispoe_sobre_cargos_procuradoria.ass.pdf</t>
   </si>
   <si>
     <t>“Altera o Artigo 2º da Lei Municipal nº 1556/2025 que Dispõe sobre a criação do Cargo em Comissão de Procurador - Geral do Município de 						SÃO FELIPE D’OESTE-RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1452/projeto_de_lei__1795_2026__-_educacao_em_tempo_integral.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1452/projeto_de_lei__1795_2026__-_educacao_em_tempo_integral.ass.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Pública de Educação Integral em Tempo Integral na Rede Municipal de Ensino do Município de São Felipe d’Oeste - RO - Programa 							"Crescendo e Aprendendo" e dá outras providências.”</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_lei_-_1796_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._292_-_devol.-_r_12.84017_-_semospe.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_lei_-_1796_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._292_-_devol.-_r_12.84017_-_semospe.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1797/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Devolução saldo do Convênio nº 292/2025/PGE-DERADM – Recuperação de Estradas Vicinais – SEMOSPE.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_-_1797_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._253_-_devol.-_r_6.48308_-_semospe.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_-_1797_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._253_-_devol.-_r_6.48308_-_semospe.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1797/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Devolução saldo do Convênio nº 253/2025/PGE-DERADM – Recuperação de Estradas Vicinais – SEMOSPE.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1455/projeto_de_lei_-_1798_2026_-_dispoe_cred._esp._sup._fin._inv._prop._11295659000124003_-_aquis._equip._r_24.98600_-_semusa.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1455/projeto_de_lei_-_1798_2026_-_dispoe_cred._esp._sup._fin._inv._prop._11295659000124003_-_aquis._equip._r_24.98600_-_semusa.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1798/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Aquisição de Equipamentos – Proposta nº 11295659000124003 – Port. GM/MS nº 3746/2024 – SEMUSA.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1456/projeto_de_lei_-_1799_2026_-_dispoe_cred._esp._sup._fin._rec._cust._estrut._suas_-_r_100.00000_-_semast.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1456/projeto_de_lei_-_1799_2026_-_dispoe_cred._esp._sup._fin._rec._cust._estrut._suas_-_r_100.00000_-_semast.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1799/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Custeio Estruturação da Rede de Serviços do SUAS – SEMAST. - Valor de R$ 100.000,00</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_de_lei_-_1800_2026_-_dispoe_cred._esp._sup._fin._cust._estrut._suas_-_r_50.00000_-_semast.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_de_lei_-_1800_2026_-_dispoe_cred._esp._sup._fin._cust._estrut._suas_-_r_50.00000_-_semast.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1800/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Custeio Estruturação da Rede de Serviços do SUAS – SEMAST.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_-_1801_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_r_646.62500_-_semusa.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_-_1801_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_r_646.62500_-_semusa.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1801/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – SUS Investimento Estrutura APS – Proposta nº 11295659000125006 – Aquisição Micro-ônibus - SEMUSA.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1459/projeto_de_lei_-_1802_2026_-_dispoe_cred._esp._sup._fin._sus_invest._ubs_-_aquis._equip._-_r_853.25800_-_semusa.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1459/projeto_de_lei_-_1802_2026_-_dispoe_cred._esp._sup._fin._sus_invest._ubs_-_aquis._equip._-_r_853.25800_-_semusa.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1802/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – SUS Investimento Estruturação Rede APS – Proposta nº 11295659000125007 – Portaria nº 7959 - Aquisição Equipamentos - SEMUSA.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1460/projeto_de_lei_-_1803_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_port._7806_-_r_385.72300_-_semusa.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1460/projeto_de_lei_-_1803_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_port._7806_-_r_385.72300_-_semusa.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1803/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – SUS Investimento Estruturação Rede APS – Proposta nº 11295659000125001 – Portaria nº 7806 - Aquisição Micro-ônibus urbano - SEMUSA.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1461/projeto_de_lei_-_1804_2026_-_dispoe_cred._esp._sup._fin._sus_fed._custeio_at._esp._mac._-_r_314.22104_-_semusa.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1461/projeto_de_lei_-_1804_2026_-_dispoe_cred._esp._sup._fin._sus_fed._custeio_at._esp._mac._-_r_314.22104_-_semusa.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1804/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – SUS Fed. Custeio Incremento temporário Atenção Especializada MAC – Proposta nº 36000650893202500 – Portaria nº 7666 - SEMUSA.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1462/projeto_de_lei_-_1805_2026_-_dispoe_cred._adic._suplem._sup._fin._man._fundeb_30_-_r_154.00000_-_semed.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1462/projeto_de_lei_-_1805_2026_-_dispoe_cred._adic._suplem._sup._fin._man._fundeb_30_-_r_154.00000_-_semed.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1805/2026 – Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro – Manutenção de Despesas do FUNDEB 30% - SEMED</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1463/projeto_de_lei_-_1806_2026_-_dispoe_cred._esp._sup._fin._constr._poco_artes._-_r_68.00000_-_semap.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1463/projeto_de_lei_-_1806_2026_-_dispoe_cred._esp._sup._fin._constr._poco_artes._-_r_68.00000_-_semap.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1806/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Construção Poço Artesiano - SEMAP.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1464/projeto_de_lei_-_1807_2026_-_dispoe_cred._esp._sup._fin._prog._transp._escolar_-_devol_-_r_55.36071_-_semed.ass.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1464/projeto_de_lei_-_1807_2026_-_dispoe_cred._esp._sup._fin._prog._transp._escolar_-_devol_-_r_55.36071_-_semed.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1807/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Devolução saldo Termo de Convênio Transporte Escolar - SEMED.</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1465/projeto_de_lei_-_1808_2026_-_autoriza_o_pagamento_piso_nacional_professores.ass.pdf</t>
+  </si>
+  <si>
+    <t>“Altera o Vencimento Básico do Cargo de Professor, da Prefeitura do Município de São Felipe D´Oeste/RO e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1468/projeto_de_lei_-_1809_2026_-_cria_a_vaga_de_psicologo_semast_-_equip._espec.ass.pdf</t>
+  </si>
+  <si>
+    <t>“Cria o cargo efetivo de Psicólogo vinculado à Secretaria Municipal de Assistência Social e Trabalho do Município de São Felipe d’Oeste – RO e autoriza sua convocação mediante aproveitamento de candidato aprovado no Concurso Público nº 001/2024-PMSFO/RO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1469/projeto_de_lei_-_1810_2026_-_dispoe_cred._esp._sup._fin._-_manut._desp._novas_turmas_mec-fnde_-_r_100.16100_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1810/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Manutenção Despesas Educação Infantil – Turmas Novas – R$ 100.161,00 - SEMED.</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1470/projeto_de_lei_-_1811_2026_-_dispoe_cred._esp._sup._fin._-_manut._desp._educ._infant._-_r_6.77000_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1811/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Manutenção Despesas Educação Infantil – Novos Estabelecimentos – R$ 6.770,00 - SEMED.</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1471/projeto_de_lei_-_1812_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_333.00000_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1812/2026 – Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro – Manutenção da Secretaria de Obras – R$ 333.000,00 - SEMOSPE.</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1472/projeto_de_lei_-_1813_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_250.00000_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1813/2026 – Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro – Manutenção da Secretaria de Obras – R$ 250.000,00 - SEMOSPE.</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1473/projeto_de_lei_-_1814_2026_-_dispoe_cred._esp._sup._fin._-_conv._2566-2025_-_aquis._play_ground_-_r_90.07752_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1814/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – Termo de Convênio Estadual nº 566/2025/PGE-SEDUC – Aquisição de Play Ground – R$ 90.077,52 - SEMED.</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1475/projeto_de_lei_-_1815_2026_-_dispoe_reform._adm._transferencia_-_constr._muro_orlindo_-_r_130.00000_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1815/2026 – Dispõe sobre Reformulação Administrativa – Transferência no valor de R$ 130.000,00 – Muro Escola Orlindo - SEMED.</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1476/projeto_de_lei_-_1816_2026_-_dispoe_cred._esp._sup._fin._-_sus_fed._invest._estr._rede_at._prm_-_r_208.29800_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1816/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro – SUS Fed. Investimento Estruturação da Rede de Atenção Primária no valor de R$ 208.298,00 - SEMUSA</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1477/projeto_de_lei_-_1817_2026_dispoe_cred._esp._rec._vinc._-_arado_subsolador_c_rolo_destorroador_-_r_53.00000_-_seagri.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1817/2026 - Dispõe sobre Crédito Especial Recurso Vinculado Termo Conv. nº 680/2025/PGE SEAGRI Subsolador c/ Rolo Destorroador - R$ 53.000,00 - SEAGRI.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1478/projeto_de_lei_-_1818_2026_dispoe_cred._esp._anul._de_dotacao._-_arado_subsolador_c_rolo_destorroador_-_r_7.13333_-_seagri.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1818/2026 - Dispõe sobre Crédito Especial Anulação de Dotação Termo Conv. nº 680/2025/PGE SEAGRI Subsolador c/ Rolo Destorroador - R$ 7.133,33 - SEAGRI.</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1479/projeto_de_lei_-_1819_2026_dispoe_cred._esp._sup._fin._-_aquis._equip._agricolas_-_r_86.96967_-_seagri.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1819/2026 - Dispõe sobre Crédito Especial Superávit Financeiro Termo Conv. nº 403 /202 4 PGE SEAGRI Aquisição de Equipamentos Agrícolas R$ 86.969,67 - SEAGRI.</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1480/projeto_de_lei_-_1820_2026_-_dispoe_cred._esp._sup._fin._-_sus_fed._invest._estr._rede_at._prm_-_r_21.52300_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1820/2026 - Dispõe sobre Crédito Especial por Superávit Financeiro SUS Fed. Investimento Estruturação de Unidade de Atenção Primária em Saúde no valor de R$ 21.523,00 - SEMUSA</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1481/projeto_de_lei_-_1821_2026_-_dispoe_cred._adic._esp._sup._fin._-_man._ilum._pub._-_r_178.14800_-_semosp.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1821/2026 - Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro Manutenção da Iluminação Pública no valor de R$ 178.148,00 - SEMOSP.</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1482/projeto_de_lei_-_1822_2026_-_dispoe_cred._esp._sup.fin._-_rec._de_estradas_vicinaias._-_r_505.05262_-_semosp.ass.pdf</t>
+  </si>
+  <si>
+    <t>Tenho a honra de submeter à apreciação dessa respeitável Câmara de Vereadores em Regime de Urgência Especial, o Projeto de Lei nº. 1822/2026 - Dispõe sobre Crédito Especial por Superávit Financeiro Rec. De Estradas Vicinais no valor de R$ 505.052,62 SEMOSP.</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1484/projeto_de_lei_-_1823_2026_-_dispoe_sobre_credito_especial_recurso_vinculado_ao_orcamento_-_ir_e_vir_-_semed.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre CRÉDITO ESPECIAL Recurso Vinculado ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1486/projeto_de_lei_-_1824_2026_-_dispoe_cred._esp._rec._vinc._-_aquis._ambulancia_-_rec._f._a_fundo_-_r_350.00000_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1824/2026 – Dispõe sobre Crédito Especial por Recurso Vinculado – Aquisição de Ambulância – Fundo a Fundo Estadual - SEMUSA.</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1496/projeto_de_lei_-_1825_2026_-_altera_parcialmente_a_lei_dos_taxistas.ass.pdf</t>
+  </si>
+  <si>
+    <t>“Altera parcialmente a Lei Municipal nº 363/2009”.</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1487/projeto_de_lei_-_1826_2026_-_dispoe_cred._esp._rec._vinc._-_sus_fed_custeio__increm._temp._at._esp._mac_-_r_249.09000_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1826/2026 – Dispõe sobre Crédito Especial por Recurso Vinculado – SUS Federal Custeio – Incremento Temporário Atenção Especializada – MAC no valor de R$ 249.090,00 - SEMUSA.</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1488/projeto_de_lei_-_1826_2026_-_dispoe_cred._esp._rec._vinc._-_sus_fed_custeio__increm._temp._at._esp._mac_-_r_249.09000_-_semusa.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1827/2026 – Dispõe sobre Crédito Especial por Recurso Vinculado – SUS Federal Investimento – Estruturação Atenção Especializada no valor de R$ 35.767,00 - SEMUSA.</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1489/projeto_de_lei_-_1828_2026_-_dispoe_cred._adic._esp._sup._fin._-_transf._esp._invest._const._almoxarif._-_r_493.15227_-_semaf.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1828/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 493.152,27 – Transferência Especial – Construção Barracão Almoxarifado - SEMAF.</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1490/projeto_de_lei_-_1829_2026_-_dispoe_cred._esp._rec._vinc._-_sus_invest._estrut._at._esp._-_aquis._abul._r_314.20000_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1829/2026 – Dispõe sobre Crédito Especial por Recurso Vinculado no valor de R$ 314.200,00 – SUS Investimento Estruturação da Atenção Especial – Aquisição Ambulância - SEMUSA.</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1491/projeto_de_lei_-_1831_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_296.59500_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>Esse Projeto de Lei visa efetuar ajustes orçamentários junto a Secretaria Municipal de Saúde para Aquisição de Ambulância – SUS Investimento Estruturação da Atenção Especializada conforme Proposta nº 11295659000125013 – Portaria nº 9603.</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1492/projeto_de_lei_-_1830_2026_-_dispoe_cred._esp._sup._fin._-_transf._esp._invest._const._pista_caminh._-_r_1.222.60609_-_semospe.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1831/2026 – Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 296.595,00 – Valor de Contrapartida para Construção da Pista de Caminhada com Iluminação na Av. Tancredo Neves - Manutenção da Secretaria Municipal de Obras e Serviços Públicos – SEMOSPE.</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1493/projeto_de_lei_-_1832_2026_-_dispoe_cred._esp._sup._fin._-_custeio_estr._rede_suas_-_r_100.00000_-_semast.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1832/2026 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 100.000,00 – Custeio da Estruturação da Rede SUAS – SEMAST.</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1494/projeto_de_lei_-_1833_2026_-_dispoe_cred._esp._sup._fin._-_conv._plat.__brasil_-_praca_do_lago_-_r_194.49100_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1495/projeto_de_lei_-_1834_2026_-_dispoe_cred._adic._suplem._sup._fin._-_cofinanciamento_estadual_piso_fixo_ppp_-_r_31.95400_-_semast.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1834/2026 – Dispõe sobre Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 31.954,00 – Cofinanciamento Estadual – Piso Fixo Incentivo a Parceria Público Privada – SEMAST.</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>ATA DE REUNIÃO EXTRAORDINÁRIA</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL DE SÃO FELIPE D'OESTE - CMSF</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1466/01_ata_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1º ATA Extraordinária</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1467/02_ata_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>02° ATA Extraordinária</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1474/03_ata_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>3º ATA Extraordinária</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>ATA DE REUNIÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1483/1o_ata_ordinaria_de_23-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>1º  ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1485/2o_ata_ordinaria_de_02-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>2º ATA  Ordinária</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -561,68 +948,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1451/projeto_de_lei__1794_2026__-_altera_a_lei_1556-25_-_dispoe_sobre_cargos_procuradoria.ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1452/projeto_de_lei__1795_2026__-_educacao_em_tempo_integral.ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_lei_-_1796_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._292_-_devol.-_r_12.84017_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_-_1797_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._253_-_devol.-_r_6.48308_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1455/projeto_de_lei_-_1798_2026_-_dispoe_cred._esp._sup._fin._inv._prop._11295659000124003_-_aquis._equip._r_24.98600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1456/projeto_de_lei_-_1799_2026_-_dispoe_cred._esp._sup._fin._rec._cust._estrut._suas_-_r_100.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_de_lei_-_1800_2026_-_dispoe_cred._esp._sup._fin._cust._estrut._suas_-_r_50.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_-_1801_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_r_646.62500_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1459/projeto_de_lei_-_1802_2026_-_dispoe_cred._esp._sup._fin._sus_invest._ubs_-_aquis._equip._-_r_853.25800_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1460/projeto_de_lei_-_1803_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_port._7806_-_r_385.72300_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1461/projeto_de_lei_-_1804_2026_-_dispoe_cred._esp._sup._fin._sus_fed._custeio_at._esp._mac._-_r_314.22104_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1462/projeto_de_lei_-_1805_2026_-_dispoe_cred._adic._suplem._sup._fin._man._fundeb_30_-_r_154.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1463/projeto_de_lei_-_1806_2026_-_dispoe_cred._esp._sup._fin._constr._poco_artes._-_r_68.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1464/projeto_de_lei_-_1807_2026_-_dispoe_cred._esp._sup._fin._prog._transp._escolar_-_devol_-_r_55.36071_-_semed.ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1451/projeto_de_lei__1794_2026__-_altera_a_lei_1556-25_-_dispoe_sobre_cargos_procuradoria.ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1452/projeto_de_lei__1795_2026__-_educacao_em_tempo_integral.ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_lei_-_1796_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._292_-_devol.-_r_12.84017_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_-_1797_2026_-_dispoe_cred._esp._sup._fin._rec._estr._vicin._conv._253_-_devol.-_r_6.48308_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1455/projeto_de_lei_-_1798_2026_-_dispoe_cred._esp._sup._fin._inv._prop._11295659000124003_-_aquis._equip._r_24.98600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1456/projeto_de_lei_-_1799_2026_-_dispoe_cred._esp._sup._fin._rec._cust._estrut._suas_-_r_100.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_de_lei_-_1800_2026_-_dispoe_cred._esp._sup._fin._cust._estrut._suas_-_r_50.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_-_1801_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_r_646.62500_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1459/projeto_de_lei_-_1802_2026_-_dispoe_cred._esp._sup._fin._sus_invest._ubs_-_aquis._equip._-_r_853.25800_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1460/projeto_de_lei_-_1803_2026_-_dispoe_cred._esp._sup._fin._sus_invest._aquis._micro_onibus_-_port._7806_-_r_385.72300_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1461/projeto_de_lei_-_1804_2026_-_dispoe_cred._esp._sup._fin._sus_fed._custeio_at._esp._mac._-_r_314.22104_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1462/projeto_de_lei_-_1805_2026_-_dispoe_cred._adic._suplem._sup._fin._man._fundeb_30_-_r_154.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1463/projeto_de_lei_-_1806_2026_-_dispoe_cred._esp._sup._fin._constr._poco_artes._-_r_68.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1464/projeto_de_lei_-_1807_2026_-_dispoe_cred._esp._sup._fin._prog._transp._escolar_-_devol_-_r_55.36071_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1465/projeto_de_lei_-_1808_2026_-_autoriza_o_pagamento_piso_nacional_professores.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1468/projeto_de_lei_-_1809_2026_-_cria_a_vaga_de_psicologo_semast_-_equip._espec.ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1469/projeto_de_lei_-_1810_2026_-_dispoe_cred._esp._sup._fin._-_manut._desp._novas_turmas_mec-fnde_-_r_100.16100_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1470/projeto_de_lei_-_1811_2026_-_dispoe_cred._esp._sup._fin._-_manut._desp._educ._infant._-_r_6.77000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1471/projeto_de_lei_-_1812_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_333.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1472/projeto_de_lei_-_1813_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_250.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1473/projeto_de_lei_-_1814_2026_-_dispoe_cred._esp._sup._fin._-_conv._2566-2025_-_aquis._play_ground_-_r_90.07752_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1475/projeto_de_lei_-_1815_2026_-_dispoe_reform._adm._transferencia_-_constr._muro_orlindo_-_r_130.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1476/projeto_de_lei_-_1816_2026_-_dispoe_cred._esp._sup._fin._-_sus_fed._invest._estr._rede_at._prm_-_r_208.29800_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1477/projeto_de_lei_-_1817_2026_dispoe_cred._esp._rec._vinc._-_arado_subsolador_c_rolo_destorroador_-_r_53.00000_-_seagri.ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1478/projeto_de_lei_-_1818_2026_dispoe_cred._esp._anul._de_dotacao._-_arado_subsolador_c_rolo_destorroador_-_r_7.13333_-_seagri.ass.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1479/projeto_de_lei_-_1819_2026_dispoe_cred._esp._sup._fin._-_aquis._equip._agricolas_-_r_86.96967_-_seagri.ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1480/projeto_de_lei_-_1820_2026_-_dispoe_cred._esp._sup._fin._-_sus_fed._invest._estr._rede_at._prm_-_r_21.52300_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1481/projeto_de_lei_-_1821_2026_-_dispoe_cred._adic._esp._sup._fin._-_man._ilum._pub._-_r_178.14800_-_semosp.ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1482/projeto_de_lei_-_1822_2026_-_dispoe_cred._esp._sup.fin._-_rec._de_estradas_vicinaias._-_r_505.05262_-_semosp.ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1484/projeto_de_lei_-_1823_2026_-_dispoe_sobre_credito_especial_recurso_vinculado_ao_orcamento_-_ir_e_vir_-_semed.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1486/projeto_de_lei_-_1824_2026_-_dispoe_cred._esp._rec._vinc._-_aquis._ambulancia_-_rec._f._a_fundo_-_r_350.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1496/projeto_de_lei_-_1825_2026_-_altera_parcialmente_a_lei_dos_taxistas.ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1487/projeto_de_lei_-_1826_2026_-_dispoe_cred._esp._rec._vinc._-_sus_fed_custeio__increm._temp._at._esp._mac_-_r_249.09000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1488/projeto_de_lei_-_1826_2026_-_dispoe_cred._esp._rec._vinc._-_sus_fed_custeio__increm._temp._at._esp._mac_-_r_249.09000_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1489/projeto_de_lei_-_1828_2026_-_dispoe_cred._adic._esp._sup._fin._-_transf._esp._invest._const._almoxarif._-_r_493.15227_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1490/projeto_de_lei_-_1829_2026_-_dispoe_cred._esp._rec._vinc._-_sus_invest._estrut._at._esp._-_aquis._abul._r_314.20000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1491/projeto_de_lei_-_1831_2026_-_dispoe_cred._adic._suplem._sup._fin._-_manut._semospe_-_r_296.59500_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1492/projeto_de_lei_-_1830_2026_-_dispoe_cred._esp._sup._fin._-_transf._esp._invest._const._pista_caminh._-_r_1.222.60609_-_semospe.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1493/projeto_de_lei_-_1832_2026_-_dispoe_cred._esp._sup._fin._-_custeio_estr._rede_suas_-_r_100.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1494/projeto_de_lei_-_1833_2026_-_dispoe_cred._esp._sup._fin._-_conv._plat.__brasil_-_praca_do_lago_-_r_194.49100_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1495/projeto_de_lei_-_1834_2026_-_dispoe_cred._adic._suplem._sup._fin._-_cofinanciamento_estadual_piso_fixo_ppp_-_r_31.95400_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1466/01_ata_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1467/02_ata_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1474/03_ata_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1483/1o_ata_ordinaria_de_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/1485/2o_ata_ordinaria_de_02-03-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="199.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -969,68 +1356,926 @@
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H15" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H28" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H29" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H32" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H33" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H38" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H39" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>165</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H40" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>169</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H41" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>172</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H42" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>176</v>
+      </c>
+      <c r="D43" t="s">
+        <v>177</v>
+      </c>
+      <c r="E43" t="s">
+        <v>178</v>
+      </c>
+      <c r="F43" t="s">
+        <v>179</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H43" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>183</v>
+      </c>
+      <c r="D44" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" t="s">
+        <v>179</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H44" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>187</v>
+      </c>
+      <c r="D45" t="s">
+        <v>177</v>
+      </c>
+      <c r="E45" t="s">
+        <v>178</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H45" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>176</v>
+      </c>
+      <c r="D46" t="s">
+        <v>177</v>
+      </c>
+      <c r="E46" t="s">
+        <v>191</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H46" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>183</v>
+      </c>
+      <c r="D47" t="s">
+        <v>177</v>
+      </c>
+      <c r="E47" t="s">
+        <v>191</v>
+      </c>
+      <c r="F47" t="s">
+        <v>179</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H47" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>