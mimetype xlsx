--- v0 (2025-10-28)
+++ v1 (2026-01-31)
@@ -10,98 +10,140 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1496" uniqueCount="768">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1813" uniqueCount="931">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Deivid Ronier Pauli</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 01/2025- "SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE ADOTE AS PROVIDÊNCIAS NECESSÁRIAS PARA SUSPENDER A COBRANÇA DA CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA (COSIP) SOBRE OS CONSUMIDORES RURAIS DO MUNICÍPIO, BEM COMO QUE SE PROCEDAM ÀS CORREÇÕES NA COBRANÇA EM FATURAS EMITIDAS PELA CONCESSIONÁRIA DE ENERGIA ELÉTRICA (ENERGISA), INCLUINDO A REGULARIZAÇÃO E DEVOLUÇÃO/COMPENSAÇÃO DOS VALORES INDEVIDAMENTE COBRADOS, QUANDO FOR O CASO".</t>
+  </si>
+  <si>
     <t>1365</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Leiza Maria Soares</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1365/solene_alfredo.pdf</t>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1365/01-_mocao_de_aplausos_para_alfredo.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO N° 01/2025 - Moção de Aplausos ao Sr. Alfredo Ruiz prefeito tampão de 1995 a 1996</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1432/02-_mocao_de_aplausos_telmicio.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS ao Senhor Telmício Teotonio Flores, em reconhecimento ao seu trabalho e dedicação à comunidade de São Felipe d’Oeste.</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1433/03-_mocao_de_escola_orlindo_goncalves_rocha.pdf</t>
+  </si>
+  <si>
+    <t>"Moção de Aplausos à Escola Orlindo Gonçalves da Rocha, pela conquista do Prêmio Fomento à Educação Básica, obtido pela turma do 5º ano de 2024, sob orientação da professora Celma".</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Sidney Borges de Oliveira</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei__1615_2025_-_abre_credito_esp._por_superavit_financeiro_-_programa_ir_e_vir_devol_saldo_-_r_38.63071_-_semed.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1615/2025 que “Abre Crédito Especial por Superávit Financeiro no valor de R$ 38.630,71 – Devolução saldo transporte escolar - SEMED e dá outras providências”.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
@@ -1837,50 +1879,415 @@
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1407/projeto_de_lei_1762_2025_-_abre_credito_adic._suplem._por_sup._fin._-_abert._manut._est._-_r_150.00000_-_semospe.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1762/2025 – Abre Crédito Adicional Suplementar por superávit financeiro no valor de R$ 150.000,00 – Manutenção de Estradas Vicinais, Pontes e Bueiros – SEMOSPE.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1408/projeto_de_lei_1763_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semap_-_r_48.00000_-_semap.ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 1763/2025 – Abre Crédito Adicional Suplementar por anulação parcial e/ou total de dotação no valor de R$ 48.000,00 – Manutenção das Atividades da Secretaria de Agricultura – SEMAP.</t>
   </si>
   <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_1764_2025_-_abre_credito_especial_superavit_finan._-_semece_-_r_16.65824_-_semece._ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1764/2025 – Dispõe sobre CRÉDITO ESPECIAL Superávit Financeiro ao Orçamento vigente no valor de R$ 16.658,24 – Secretaria de Educação – SEMECE.</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_lei_1765_2025_-_abre_credito_especial_superavit_financ._-_sec._saude_-_r_5.06377_-_sec._saude._ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1765/2025 – Dispõe sobre CRÉDITO ESPECIAL Superávit Financeiro ao Orçamento vigente no valor de R$ 5.063,77– Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_lei_1766_2025_-_abre_credito_esp._exc._arrecad._fundeb_vaar_-_r_31.41841_-_semece._ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1766/2025 – Dispõe sobre CRÉDITO ESPECIAL excesso de arrecadação ao Orçamento vigente no valor de R$ 31.418,41 – Secretaria de Educação – SEMECE.</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_1767_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_r_69.45250_-_semece._ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1767/2025 – Dispõe sobre REFORMULAÇÃO ADMINISTRATIVA ao Orçamento vigente por meio de Transposição no valor de R$ 69.452,50 – Secretaria de Educação – SEMECE.</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_1768_2025_-_abre_credito_esp._por_superavit_financeiro_-_r111.00000_-__gabinete_prefeito._ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1768/2025 – Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR Superávit Financeiro no valor de R$ 111.000 – Gabinete do Prefeito.</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1417/projeto_de_lei_municipal_n_1769_2025_-_autoriza_o_poder_executivo_municipal_a_disciplinar_as_ferias_e_recesso_escolar_da_educacao_basica_.pdf</t>
+  </si>
+  <si>
+    <t>‘’Autoriza o Poder Executivo Municipal a disciplinar as férias escolares da educação básica do município de São Felipe D’Oeste e dá outras providências’’.</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1418/projeto_de_lei__1770_2025_-_abre_cred._esp._rec._vinc._-_3a_mandionana_-_r_50.00000_-_semcelt.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1770/2025 – Abre Crédito Especial por Recurso Vinculado no valor de R$ 50.000,00 – Realização da 3ª Mandionana – SEMCELT.</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1419/projeto_de_lei_1771_2025_-_abre_credito_especial_anul._dot._-_contrap._3a_mandionana_-_r_23589_-_semcelt.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1771/2025 – Abre Crédito Especial por Anulação Parcial e/ou Total de dotação no valor de R$ 235,89 – Contrapartida para a Realização da 3ª Mandionana – SEMCELT.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_1772_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_man._estr._ponte_bueiros_-_r_90.00000_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1772/2025 – Dispõe sobre Reformulação Administrativa no valor de R$ 90.000,00 – Abertura e Manutenção de Pontes, Bueiros e Estradas Vicinais - SEMOSPE.</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_1773_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_man._desp._fundeb_30_e_70_-_r_179.00000_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1773/2025 – Dispõe sobre Reformulação Administrativa no valor de R$ 179.000,00 – Manutenção Despesas FUNDEB 30% e 70% - SEMED.</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei_1774_2025_-_abre_credito_adic._suplem._por_anul_dot._-_manut._semed_5_e_25_-_r_177.00000_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1774/2025 – Abre Crédito Adicional Suplementar por Anulação Parcial e/ou Total de Dotação no valor de R$ 177.000,00 – Manutenção da SEMED 5% e 25% - SEMED.</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei_1775_2025_-_abre_credito_adic._suplem._exc._arrec._-_manut._gabinete_-_r_335.00000_-_gab.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1775/2025 – Abre Crédito Adicional Suplementar por Excesso de Arrecadação no valor de R$ 335.000,00 – Manutenção do Gabinete - GAB</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1426/projeto_de_lei_1776_2025_-_abre_credito_especial_rec._vinc.._-_custeio_piso_at._prim._port._7447_-_r_200.00000_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1776/2025 – Abre Crédito Especial por Recurso Vinculado no valor de R$ 200.000,00 – Custeio Increm. Ao Piso da Atenção Primária – PAP FNS - SEMUSA.</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1427/projeto_de_lei_1777_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._legisl._-_r_5.46542_-_camara.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1777/2025 – Dispõe sobre Reformulação Administrativa - Transposição no valor de R$ 5.465,42 – Despesas Administrativas Legislativas - Câmara.</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1428/projeto_de_lei_1778_2025_-_abre_credito_adic._suplem._por_anul_dot._-_desp._adm._legisl._-_r_8.38458_-_camara.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1778/2025 – Abre Crédito Adicional Suplementar por Anulação Parcial e/ou Total de Dotação no valor de R$ 8.384,58 – Despesas Administrativas Legislativo - Câmara.</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_de_lei_1779_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_natal_luz_-_r_55.30042_-_semcelt.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1779/2025 – Dispõe sobre Reformulação Administrativa - Transposição no valor de R$ 55.300,42 – Realização Natal Luz - SEMCELT.</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1430/projeto_de_lei_1780_2025_-_cria_a_vaga_de_psicologo_semusa_e_autoriza_exclusao_vaga_proc._seletivo_simplificado.ass.pdf</t>
+  </si>
+  <si>
+    <t>“Cria o cargo efetivo de Psicólogo_x000D_
+vinculado à Secretaria Municipal de Saúde do_x000D_
+Município de São Felipe d’Oeste – RO e autoriza_x000D_
+sua convocação mediante aproveitamento de_x000D_
+candidato aprovado no Concurso Público nº_x000D_
+001/2024-PMSFO/RO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_1781_2025_-_abre_credito_adic._suplem._por_sup._fin._-_contrib_pasep_-_r_100.00000_-_semaf.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1781/2025 – Abre Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 100.000,00 – Contribuição ao PASEP - SEMAF.</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1437/projeto_de_lei_1782_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_abert._estr._vic._pontes_e_bueiros_-_r_93.05600_-_semospe.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1782/2025 – Dispõe sobre Reformulação Administrativa no valor de R$ 93.059,00 – Abertura e Manutenção de Estradas Vicinais, Pontes e Bueiros - SEMOSPE.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_lei_1783_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_236.90191_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1783/2025 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 236.901,91 – Reprogramação de saldos – LC nº 217/205 e Portaria MS/GM 7897/2025 – SEMUSA.</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1439/projeto_de_lei_1784_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_72.52783_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1784/2025 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 72.527,83 – Reprogramação de saldos – LC nº 217/205 e Portaria MS/GM 7897/2025 – SEMUSA.</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1440/projeto_de_lei_1785_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_270.56504_-_semusa.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1785/2025 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 270.565,04 – Reprogramação de saldos – LC nº 217/205 e Portaria MS/GM 7897/2025 – SEMUSA.</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_1786_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_realiz._reveillon_-_r_35.48622_-_semcelt.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1786/2025 – Dispõe sobre Reformulação Administrativa no valor de R$ 35.486,22 – Realização do Reveillon – SEMCELT.</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_1787_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._legisl._-_r_7.47600_-_camara.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1787/2025 – Dispõe sobre Reformulação Administrativa no valor de R$ 7.476,00 – Despesas Administrativas Legislativas – Câmara.</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1443/projeto_de_lei_1788_2025_-_abre_credito_especial_sup._fin._-_ref._e_ampl._esc._orlindo_-_r_63.38473_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1788/2025 – Dispõe sobre Crédito Especial por Superávit Financeiro no valor de R$ 63.384,73 – Devolução de saldos Reforma e Ampliação Escola Orlindo – SEMED.</t>
+  </si>
+  <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1444/projeto_de_lei_1789_2025_-_abre_credito_especial_exc._arrecad._-_ref._e_ampl._esc._orlindo_-_r_13.87364_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1789/2025 – Dispõe sobre Crédito Especial por Excesso de Arrecadação no valor de R$ 13.873,64 – Devolução de saldos Reforma e Ampliação Escola Orlindo – SEMED.</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1449/projeto_de_lei_1790_2025_-_dispoe_sobre_uso_de_veiculos_oficiais.ass.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o uso de veículos oficiais da 	administração pública municipal de São Felipe 	d’Oeste e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_1791_2025_-_abre_credito_especial_rec._vinc.._-_aquis._onibus_escolar_tc_no_986645-4_-_r_496.65534_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1791/2025 – Dispõe sobre Crédito Especial por Recurso Vinculado no valor de R$ 496.655,34 – Aquisição de ônibus escolar rural – TC nº 986645-4 - FNDE – SEMED.</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1448/projeto_de_lei_1792_2025_-_abre_credito_especial_anul._dot._-_contrapartida_aquis._onibus_escolar_tc_no_986645-4_-_r_49715_-_semed.ass.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº. 1792/2025 – Dispõe sobre Crédito Especial por Anulação Parcial e/ou total de anulação no valor de R$ 497,15 – Contrapartida para a aquisição de ônibus escolar rural – TC nº 986645-4 - FNDE – SEMED.</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1450/projeto_de_lei_1793_2025_-_altera_a_meta_do_resultado_primario.ass.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE a ALTERAÇÃO DA META DE RESULTADO PRIMÁRIO e NOMINAL DISPOSTO PELA LEI MUNICIPAL nº. 1455/2024 LEI DE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
     <t>1213</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Câmara Municipal de São Felipe D'Oeste - CMSF</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_resolucao_no_12-2025_altera_a_resolucao_n.o_4_de_2023_no_que_diz_respeito_a_carga_horaria_remuneracao_dos_cargos_tecnicos_e_da_outras_providencias.docx</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N.º 4 DE 2023 NO QUE DIZ RESPEITO À CARGA HORÁRIA, REMUNERACÃO DOS CARGOS TÉCNICOS E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>13</t>
@@ -1912,53 +2319,50 @@
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1400/15_projeto_de_resolucao_regulamento_lgpd.pdf</t>
   </si>
   <si>
     <t>EMENTA: "Regulamenta a aplicação da Lei Federal nº 13.709, de 14 de agosto de 2018 – Lei Geral de Proteção de Dados Pessoais (LGPD) – no âmbito da Câmara Municipal de São Felipe D’Oeste".</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/01199_24_decisao-463_apl-tc_00241_24.pdf</t>
   </si>
   <si>
     <t>Prestação  de Conta Referente ao Exercício de 2023.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_decreto_legislativo_2_-_titulo_cidadao_honorario_sao_felipe.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº 2/2025- Concede Título de Cidadã Honorária do Município de SÃO FELIPE D’OESTE a Excelentíssima Senhora Deputada Federal, Silvia Cristina Amâncio Chagas.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/ata_eletronica_da_1a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Extraordinária da 1ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/ata_eletronica_da_2a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf</t>
@@ -2017,74 +2421,92 @@
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1364/ata_eletronica_da_9a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf</t>
   </si>
   <si>
     <t>9° ATA EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1402/ata_eletronica_da_10a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf</t>
   </si>
   <si>
     <t>10° ATA EXTRAORDINÁRIA</t>
   </si>
   <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1411/ata_eletronica_da_11a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf</t>
+  </si>
+  <si>
+    <t>11 ATA Extraordinária</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1421/ata_eletronica_da_12a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf</t>
+  </si>
+  <si>
+    <t>12° ATA Extraordinária</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>ATA DE REUNIÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1276/ata_ordinaria_11.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 11ª Ordinária da 1ª Sessão Legislativa da 8ª Legislatura</t>
+  </si>
+  <si>
     <t>1275</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1275/ata_ordinaria_12.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 12ª Ordinária da 1ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
-    <t>1276</t>
-[...13 lines deleted...]
-  <si>
     <t>1282</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1282/ata_ordinaria_14.pdf</t>
   </si>
   <si>
     <t>ATA 14° SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1289/ata_ordinaria_15.pdf</t>
   </si>
   <si>
     <t>ATA Ordinária 15° Sessão Ordinária</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1299/ata_ordinaria_16.pdf</t>
@@ -2246,50 +2668,122 @@
     <t>29° ATA Ordinária</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1401/ata_ordinaria_30.pdf</t>
   </si>
   <si>
     <t>30° ATA ORDINÁRIA</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1409/ata_ordinaria_31.pdf</t>
   </si>
   <si>
     <t>31° ATA ORDINARIA</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_ordinaria_32.pdf</t>
+  </si>
+  <si>
+    <t>32° ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1420/ata_ordinaria_33.pdf</t>
+  </si>
+  <si>
+    <t>33° ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1435/ata_ordinaria_34.pdf</t>
+  </si>
+  <si>
+    <t>34° ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1436/ata_ordinaria_35.pdf</t>
+  </si>
+  <si>
+    <t>35° ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1434/ata_ordinaria_37.pdf</t>
+  </si>
+  <si>
+    <t>37° ATA Ordinária</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1446/ata_ordinaria_38.pdf</t>
+  </si>
+  <si>
+    <t>38° ATA Ordinária</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>Aut</t>
   </si>
   <si>
     <t>Autógrafos</t>
   </si>
   <si>
     <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/autografo_012_projeto__1626.2025.docx</t>
   </si>
   <si>
     <t>Súmula: Projeto de lei n°. 1626/2025 que "Abre Crédito especial por Superávit _x000D_
 Financeiro no valor de R$ 254.954,79 - Constr. Inst. Med. Seg. Incêndio e Pânico -_x000D_
 hospital Municipal - SEMUSA e dá Outras Providências".</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>Súmula: Projeto de Lei n°. 1627/2025 que "Abre Crédito Especial por Superávit _x000D_
 Financeiro no valor de R$ 47.341,57 - Reforma da UBS São Felipe - SEMUSA e dá_x000D_
 Outras Providências".</t>
@@ -2679,56 +3173,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1365/solene_alfredo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei__1615_2025_-_abre_credito_esp._por_superavit_financeiro_-_programa_ir_e_vir_devol_saldo_-_r_38.63071_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei__1616_2025_-_abre_credito_esp._por_recurso_vinculado_-_constr._predio_cons._tut._-_r_600.00000_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei__1617_2025_-_abre_credito_esp._por_anulacao_de_dotacao_-_contrapartida_const._predio_cons._tutelar_-_r_35.86088_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/projeto_de_lei__1618_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._de_ambulancia_-_port._ms-gm_1483-2021_-_r_293.69963_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_lei__1619_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._equip._-_port._gm-ms_3764-2024_-_r_89.98600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei__1620_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._equipam._port._ms-gm_3817-2024_-_r_28.45600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei__1621_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_serv._aps_-_port._ms-gm_3594-2024_-_r_503.96281_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei__1622_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_mac_-_port._ms-gm_3604-2024_-_r_206.79300_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei__1623_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_mac_-_port._ms-gm_4999-2024_-_r_12.94900_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei__1624_2025_-_abre_credito_adic._suplem._por_superavit_financ._manut._desp._fundeb_30_-_r_253.76900_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_1625-2025_-_cria_o_cargo_efetivo_de_pregoeiro-agente_de_contratacao.ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei__1626_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_254.95479_-_semusa.ass.pdf.crdownload" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei__1627_2025_-_abre_credito_esp._por_superavit_financeiro_-_reforma_ubs_sao_felipe_-_r_47.34157_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei__1628_2025_-_abre_credito_adic._suplem._por_superavit_financ._-_manut._ilum._publica_-_r_198.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei__1629_2025_-_abre_credito_esp._por_superavit_financeiro_-_locacao_de_horas_maquinas_-_r_500.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei__1632_2025_-_abre_credito_esp._por_recurso_vinculado_-_prog._ir_e_vir_-_transporte_escolar_-_r_2.560.44443_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_1633_2025_-_autoriza_a_reestruturacao_de_vencimentos_-_salario_minimo_como_base.ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_1634_2025_-_autoriza_o_pagamento_piso_nacional_professores.ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei__1635_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_279.10900_-_semusa.ass.pdf.crdownload" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei__1636_2025_-_abre_credito_esp._por_anulacao_de_dotacao_-_devol._saldo_conv._10a_expofelipe_-_r_32.24318_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei__1637_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_24.15421_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei__1638_2025_-_criacao_e_extincao_de_cargos_fixa_novos_valores_e_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_1639__2025_-_dispoe_sobre_a_concessaoo_de_diarias_e_ajuda_de_custo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei__1640_2025_-_abre_credito_esp._por_superavit_financeiro_-_conv._097seduc-pge2023_-_equip._-_semed_-_r_75.26340_-_semed.mesc..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei__1641_2025_-_abre_credito_adic._suplem._por_superavit_financ._-_manut._estr._vic._pontes_e_bueiros_-_r_300.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1254/projeto_de_lei__1642_2025_-_dispoe_sobre_reformulacao_adm._-_remanejamento_-_manut._fms_-_15_-_r_391.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei__1643_2025_-_dispoe_sobre_reformulacao_adm._-_remanejamento_-_desp._adm._legislativas_-_r_145.44584_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1258/projeto_de_lei__1644_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._reforma_e_ampl._predio_semed_-_r_322.30917_-_semed.mesc..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1256/projeto_de_lei__1645_2025_-_adesivo_de_veiculo_-_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1257/projeto_de_lei__1646_2025__-_altera_o_valor_da_hora_maquina.ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei__1647_2025__-_altera_salario_base_da_categoria_de_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei__1649_2025_-_dispoe_ref._adm._-_transp._-_manut._fundeb_30_-_r_386.68000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei__1650_2025_-_abre_credito_esp._por_superavit_financeiro_-_esc._em_tempo_integ._lei_14.640-fnde_-_r_136.48298_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei__1651_2025_-_abre_credito_esp._por_recurso_vinculado_-_conv._fed._mapa_-_972081-24_-_r_227.67200_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei__1652_2025_-_abre_cred._esp._por_anul._de_dot._-_contrapartida_conv._mapa_-_r_10.72800_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei__1653_2025_-_abre_credito_esp._por_superavit_financeiro_-_conv._est._282seagri_-_trator_devol_saldo_-_r_23.17239_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei__1654_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_ppcip_-_geone_-_r_25.94118_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei__1655_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_ppcip_orlindo_-_r_26.73404_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei__1656_2025_-_abre_cred._esp._sup._fin._-_transf._esp._cust._-_prop._202226330005_-_ofic._cursos_-_r_26.55216_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__1657_2025_-_abre_credito_adic._suplem._por_sup._fin._manut._semospe_-_r_350.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei__1658_2025_-_abre_credito_esp._por_super._fin._-_conv._194-2024-pge-seagri_-_agric._familiar_-_r_103.44302_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei__1659_2025_-_abre_credito_esp._por_super._fin._-_cust._estr._rede_suas_-_r_62.42549_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei__1660_2025_-_abre_credito_adic._suplem._por_sup._fin._-_expofelipe_-_r_490.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_lei__1661_2025_-_abre_credito_por_rec._vinc._-_lei_aldir_blanc_-_r_49.44621_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1277/projeto_de_lei__1662_2025_-_autoriza_diarias_de_campo_-_campanhas_de_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1278/projeto_de_lei__1663_2025__-_dispoe_sobre_a_concessao_de_diarias_de_campo_-_obras.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei__1664_2025_-_abre_credito_esp._por_super._fin._-_conv._054-24-pge-2022der_-_bueiros_met._-_r_16.25900_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei__1665_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._-_galeria_-_r_235.70687_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei__1666_2025__-_dispoe_sobre_o_cargo_de_procurador-geral.ass.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei__1667_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semcelt_-_r_127.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei__1668_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_abert._man._pontes_-_r_140.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei__1669_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semospe_-_r_80.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei__1670_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_mer._escolar_rec._propr._-_r_70.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei__1671_2025_-_dispoe_s_abono_correcoes_e_folga_aniversario.ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1290/projeto_de_lei_1672-2025_-_denomina_o_predio_da_capela_mortuaria.ass.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei__1673_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semap_-_r_20.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei__1674_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._cons._tutel._-_r_40.00000_-_gabin.ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1293/projeto_de_lei__1675_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._-_calcadas_-_r_2.700.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1294/projeto_de_lei__1676_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._pres._e_cons._amb._-_r_13.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1295/projeto_de_lei__1677_2025_-_abre_cred._esp._por_super._fin._-_aquis._notebooks_-_r_63.06564_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei__1678_2025_-_abre_cred._esp._por_super._fin._-_aquis._q._cacau_-_r_3.60319_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1297/projeto_de_lei__1679_2025_-_abre_cred._esp._por_super._fin._-_aquis._equip._agric._-_r_38.49407_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei__1680_2025_-_dispoe_s_multas_de_transitos_e_respons._dos_condutores.ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1300/projeto_de_lei__1681_2025_-_abre_cred._esp._rec._vinc._-_conv._est._11_expofelipe_-_r_300.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei__1682_2025_-_abre_cred._esp._anul._dot.._-_contrap._conv._est._11_expofelipe_-_r_1.11100_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei__1683_2025_-_abre_cred._esp._rec._vinc._-_sus_fed._invest._estrut._at._esp._-_r_57.74000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1310/projeto_de_lei_1684_2025_-_atualiza_o_programa_mais_producao.ass.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_lei_1685_2025_-_cria_a_funcao_gratificada_de_supervisao_escolar_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_lei__1686_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semap_e_semcelt_-_r_30.00000_-_semap_e_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1309/projeto_de_lei__1687_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_man._semaf_-_r_19.00000_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_1688-2025_-_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1312/projeto_de_lei_1689_2025_-_institui_a_cipaass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1313/projeto_de_lei__1690_2025_-_abre_credito_adic._suplem._por_anul._dot._-_man._fms_15__-_r_395.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1314/projeto_de_lei__1691_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._fms_15__-_r_250.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei__1692_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._log._parques_jardins_-_r_90.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1316/projeto_de_lei__1693_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._const._pista_caminhada_-_r_1.102.94281_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei__1694_2025_-_abre_credito_esp._por_excesso_arrec._-_transf._esp._contrap._constr._pista_caminhada_-_r_57.03860_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1318/projeto_de_lei__1695_2025_-_abre_credito_adic._suplem._por_sup._fin._-_man._semospe_-_r_297.95912_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1319/projeto_de_lei__1696_2025_-_abre_cred._esp._por_rec._vinc._-_aquis._medic._-_resol._244-2025_sesau-cib_-_r_300.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1320/projeto_de_lei_1697-2025_-_estabelece_ppa_2026-2029.ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei__1698_2025_-_abre_cred._esp._por_super._fin._-_cons._med._esp._conv._295-sesau-pge-2023_-_r_381.21030_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei__1699_2025_-_abre_credito_esp._exc._arrec._-_contrapartida_cons._med._esp.__-_r_5.65614_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei__1700_2025_-_abre_cred._esp._anul._dot._-_comp._conv._cons._med._esp._-_r_361.24022_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei__1701_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._pessoal_-_r_20.00000_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_1702-2025_-_cria_o_conselho_municipal_de_turismo_-_comtur.ass.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_lei_1703_2025_-_revoga_a_lei_municipal_1578-2025_e_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_1704-2025_-_dispoe_sobre_desconto_e_parcelamento_iptu_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei__1705_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._642-2023sesau-cib_-_r_8.47219_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei__1706_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.84881_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei__1707_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.52545_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_de_lei__1708_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.81647_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_de_lei__1709_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._fundeb_30_-_r_131.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1340/projeto_de_lei__1710_2025_-_abre_credito_esp._por_exc._arrec._-_compl._uniao_fundeb_vaar_-_r_70.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei__1711_2025_-_abre_credito_adic._suplem._anul._dot._-_man._semece_5_e_25_-_r_325.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei__1712_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semast_-_r_200.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei__1713_2025_-_abre_cred._esp._por_super._fin._-_custeio_est._rede_suas_-_port._886-23_mds_-_r_70.61848_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1344/projeto_de_lei__1714_2025_-_abre_cred._esp._por_super._fin._-_custeio_est._rede_suas_-_port._886-23_mds_-_r_131.27036_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1345/projeto_de_lei__1715_2025_-_abre_cred._esp._por_super._fin._-_porg._fort._cad._emerg._procad-suas_-_r_14.05642_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1346/projeto_de_lei__1716_2025_-_abre_credito_adic._suplem._sup._fin._-_indic._gestao_descentr._-_r_42.25200_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei__1717_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._invest._ampl._estadio_-_r_646.64738_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei__1718_2025_-_abre_credito_esp._exc._arrec._-_transf._esp._invest._ampl._estadio__-_r_39.40161_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1349/projeto_de_lei__1719_2025_-_abre_cred._esp._por_super._fin._-_devol._saldo_letreiro_cidade_-_r_18.25336_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1350/projeto_de_lei__1720_2025_-_abre_credito_adic._suplem._anul._dot._-_man._semospe_-_r_100.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1351/projeto_de_lei__1721_2025_-_abre_cred._esp._rec._vinc._-_conv._253-2025-pge-der-adm_-_rec._estr._vic._-_r_500.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei__1722_2025_-_abre_cred._esp._anul._dot._-_contrap._conv._253-2025-pge-der-adm_-_rec._estr._vic._-_r_5.20274_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei__1723_2025_-_abre_cred._esp._rec._vinc._-_transf._esp._invest._aquis._trator_agricola_-_r_396.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei__1724_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._kits_saude_bucal_-_pse_-_r_29.20858_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei__1725_2025_-_cria_o_fundo_mun._dos_direitos_da_pessoa_idosa.ass.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1357/projeto_de_lei_1726-2025__-_autoriza_leilao_bens_inserviveis.ass.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_de_lei__1727_2025_-_abre_cred._esp._rec._vinc._-_increm._temp._custeio_sv_aps_-_r_400.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_de_lei__1728_2025_-_abre_cred._esp._rec._vinc._-_sus_fed._invest._estrut._unid._at._prim._-_r_114.10400_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1361/projeto_de_lei_-1729-2025_-_lei_de_diretrizes_orcamentarias_-_ldo_2026.ass.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_lei__1730-2025_-_dispoe_sobre_estagio_remunerado.ass.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_1731_2025_-_autoriza_o_prog._de_regul._fiscal_-_refis_-_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei__1732_2025_-_abre_credito_adic._suplem._sup._fin._-_semospe_e_semap_-_r_250.00000_-_semospe_e_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1370/projeto_de_lei_1733-2025__-_cria_o_conselho_municipal_de_esporte.ass.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1371/projeto_de_lei_1734-2025__-_cria_o_conselho_municipal_de_cultura_e_o_fmc.ass.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1372/projeto_de_lei__1735_2025_-_abre_cred._esp._rec._vinc._-_conv._292-2025-pge-der-adm_-_rec._estr._vic._-_fitha_r_251.30299_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei__1736_2025_-_abre_cred._esp._anul._dot._-_contr._conv._292-2025-pge-der-adm_-_rec._estr._vic._-_fitha_r_2.65241_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei__1737_2025_-_abre_cred._ref._adm._transp._-_rest._e_ampl._camara_r_60.00000_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei__1738_2025_-_abre_cred._esp._anul._dot._-_reest._ampl._camara_r_53.45031_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei__1739_2025_-_abre_cred._ref._adm._reamnej._-_manut._semast_r_22.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei__1740_2025_-_abre_credito_adic._suplem._sup._fin._-_gabinete_e_semaf_-_r_957.00000.ass.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei__1741_2025_-_abre_cred._esp._rec._vinc._-_aps_estrat._saude_bucal_-_psf_r_96.53743_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1379/projeto_de_lei__1742_2025_-_abre_cred._esp._rec._vinc._-_conv._291-2025-pge-der-adm_-_rec._estr._vic._-_r_400.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei__1743_2025_-_abre_cred._esp._anul._dot._-_contr._conv._291-2025-pge-der-adm_-_rec._estr._vic._r_9.57782_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_1744_2025_-_revoga_a_lei_municipal_1592-2025_e_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_1745_2025_-_abre_credito_abre_credito_adic._suplem._por_anu._dot._manut._logradouros_r80.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_1746_2025_-_abre_credito_especial_superavit_financeiro._aquis._imobiliario_auditorio._r164.00000_-_gabinete._ass.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_1747_2025_-_abre_credito_especial_recurso_vinculado._mat._bem_ou_servico_distrib._gratuita_r400.00000_-_semusa._ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_1748_2025_-_dispoe_sobre__reformulacao_administrativa_ao_orcamento_vigente_por_tansposicao_r4.50000_-_camara_munic._ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_1749-2025_-_dispoe_sobre_a_loa_2026.ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_1750_2025_-_dispoe_refor._adm._-_transposicao_-_prog._ben._event._-_r_25.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_1751_2025_-_dispoe_refor._adm._-_remanejamento_-_man._cons._tut._-_r_27.00000_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_1752_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._fms_-_r_294.69200_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_1753_2025_-_abre_credito_especial_sup._fin._-_loc._hora_maq_e_cam._-_r_1.65527_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_1754_2025_-_abre_credito_especial_exc._arrec._-__loc._hora_maq._cam._-_r_18.91993_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_1755_2025_-_abre_credito_especial_rec._vinc._-_esc._tempo_integ._-_r_7.71200_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei_1756_2025_-_abre_credito_especial_rec._vinc._-_conv_306-2025_-_fitha_2025_-_r_236.02320_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_1758_2025_-_abre_credito_especial_anul._dot._-_rest._rec._expofelipe_-_r_18.05629_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_1759_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semed_-_r_335.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_1760_2025_-_dispoe_refor._adm._-_remanejamento_-_man._semast_-_r_118.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_1761_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semospe_-_r_126.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1407/projeto_de_lei_1762_2025_-_abre_credito_adic._suplem._por_sup._fin._-_abert._manut._est._-_r_150.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1408/projeto_de_lei_1763_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semap_-_r_48.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_resolucao_no_12-2025_altera_a_resolucao_n.o_4_de_2023_no_que_diz_respeito_a_carga_horaria_remuneracao_dos_cargos_tecnicos_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_resolucao_no_14.2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1400/15_projeto_de_resolucao_regulamento_lgpd.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/01199_24_decisao-463_apl-tc_00241_24.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_decreto_legislativo_2_-_titulo_cidadao_honorario_sao_felipe.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/ata_eletronica_da_1a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/ata_eletronica_da_2a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1304/ata_eletronica_da_5a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1327/ata_eletronica_da_6a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1329/ata_eletronica_da_7a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1363/ata_eletronica_da_8a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1364/ata_eletronica_da_9a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1402/ata_eletronica_da_10a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1275/ata_ordinaria_12.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1276/ata_ordinaria_11.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1282/ata_ordinaria_14.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1289/ata_ordinaria_15.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1299/ata_ordinaria_16.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1303/ata_ordinaria_17.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1305/ata_ordinaria_18.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1326/ata_ordinaria_19.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1328/ata_ordinaria_20.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1334/ata_ordinaria_21.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_ordinaria_22.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1362/ata_ordinaria_23.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1368/ata_ordinaria_24.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1382/ata_ordinaria_25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1388/ata_ordinaria_27.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1390/ata_ordinaria_28.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_ordinaria_29.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1401/ata_ordinaria_30.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1409/ata_ordinaria_31.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/autografo_012_projeto__1626.2025.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1236/autografo_014_projeto__1628.2025.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1237/autografo_015_projeto__1629.2025.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1238/autografo_016_projeto__1630.2025.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1239/autografo_017_projeto__1631.2025.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/autografo_018_projeto__1633.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1244/autografo_019_projeto__1634.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1365/01-_mocao_de_aplausos_para_alfredo.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1432/02-_mocao_de_aplausos_telmicio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1433/03-_mocao_de_escola_orlindo_goncalves_rocha.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei__1615_2025_-_abre_credito_esp._por_superavit_financeiro_-_programa_ir_e_vir_devol_saldo_-_r_38.63071_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei__1616_2025_-_abre_credito_esp._por_recurso_vinculado_-_constr._predio_cons._tut._-_r_600.00000_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei__1617_2025_-_abre_credito_esp._por_anulacao_de_dotacao_-_contrapartida_const._predio_cons._tutelar_-_r_35.86088_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/projeto_de_lei__1618_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._de_ambulancia_-_port._ms-gm_1483-2021_-_r_293.69963_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_lei__1619_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._equip._-_port._gm-ms_3764-2024_-_r_89.98600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei__1620_2025_-_abre_credito_esp._por_superavit_financeiro_-_aquis._equipam._port._ms-gm_3817-2024_-_r_28.45600_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei__1621_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_serv._aps_-_port._ms-gm_3594-2024_-_r_503.96281_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei__1622_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_mac_-_port._ms-gm_3604-2024_-_r_206.79300_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei__1623_2025_-_abre_credito_esp._por_superavit_financeiro_-_increm._temp._custeio_mac_-_port._ms-gm_4999-2024_-_r_12.94900_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei__1624_2025_-_abre_credito_adic._suplem._por_superavit_financ._manut._desp._fundeb_30_-_r_253.76900_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_1625-2025_-_cria_o_cargo_efetivo_de_pregoeiro-agente_de_contratacao.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei__1626_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_254.95479_-_semusa.ass.pdf.crdownload" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei__1627_2025_-_abre_credito_esp._por_superavit_financeiro_-_reforma_ubs_sao_felipe_-_r_47.34157_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei__1628_2025_-_abre_credito_adic._suplem._por_superavit_financ._-_manut._ilum._publica_-_r_198.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei__1629_2025_-_abre_credito_esp._por_superavit_financeiro_-_locacao_de_horas_maquinas_-_r_500.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei__1632_2025_-_abre_credito_esp._por_recurso_vinculado_-_prog._ir_e_vir_-_transporte_escolar_-_r_2.560.44443_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_1633_2025_-_autoriza_a_reestruturacao_de_vencimentos_-_salario_minimo_como_base.ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_1634_2025_-_autoriza_o_pagamento_piso_nacional_professores.ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei__1635_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_279.10900_-_semusa.ass.pdf.crdownload" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei__1636_2025_-_abre_credito_esp._por_anulacao_de_dotacao_-_devol._saldo_conv._10a_expofelipe_-_r_32.24318_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei__1637_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._constr._inst._med._seg._incendio_e_panico_hospital_mun._-_r_24.15421_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei__1638_2025_-_criacao_e_extincao_de_cargos_fixa_novos_valores_e_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_1639__2025_-_dispoe_sobre_a_concessaoo_de_diarias_e_ajuda_de_custo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei__1640_2025_-_abre_credito_esp._por_superavit_financeiro_-_conv._097seduc-pge2023_-_equip._-_semed_-_r_75.26340_-_semed.mesc..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei__1641_2025_-_abre_credito_adic._suplem._por_superavit_financ._-_manut._estr._vic._pontes_e_bueiros_-_r_300.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1254/projeto_de_lei__1642_2025_-_dispoe_sobre_reformulacao_adm._-_remanejamento_-_manut._fms_-_15_-_r_391.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei__1643_2025_-_dispoe_sobre_reformulacao_adm._-_remanejamento_-_desp._adm._legislativas_-_r_145.44584_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1258/projeto_de_lei__1644_2025_-_abre_credito_esp._por_superavit_financeiro_-_transf._esp._reforma_e_ampl._predio_semed_-_r_322.30917_-_semed.mesc..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1256/projeto_de_lei__1645_2025_-_adesivo_de_veiculo_-_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1257/projeto_de_lei__1646_2025__-_altera_o_valor_da_hora_maquina.ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei__1647_2025__-_altera_salario_base_da_categoria_de_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei__1649_2025_-_dispoe_ref._adm._-_transp._-_manut._fundeb_30_-_r_386.68000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei__1650_2025_-_abre_credito_esp._por_superavit_financeiro_-_esc._em_tempo_integ._lei_14.640-fnde_-_r_136.48298_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei__1651_2025_-_abre_credito_esp._por_recurso_vinculado_-_conv._fed._mapa_-_972081-24_-_r_227.67200_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei__1652_2025_-_abre_cred._esp._por_anul._de_dot._-_contrapartida_conv._mapa_-_r_10.72800_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei__1653_2025_-_abre_credito_esp._por_superavit_financeiro_-_conv._est._282seagri_-_trator_devol_saldo_-_r_23.17239_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei__1654_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_ppcip_-_geone_-_r_25.94118_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei__1655_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_ppcip_orlindo_-_r_26.73404_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei__1656_2025_-_abre_cred._esp._sup._fin._-_transf._esp._cust._-_prop._202226330005_-_ofic._cursos_-_r_26.55216_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__1657_2025_-_abre_credito_adic._suplem._por_sup._fin._manut._semospe_-_r_350.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei__1658_2025_-_abre_credito_esp._por_super._fin._-_conv._194-2024-pge-seagri_-_agric._familiar_-_r_103.44302_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei__1659_2025_-_abre_credito_esp._por_super._fin._-_cust._estr._rede_suas_-_r_62.42549_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei__1660_2025_-_abre_credito_adic._suplem._por_sup._fin._-_expofelipe_-_r_490.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_lei__1661_2025_-_abre_credito_por_rec._vinc._-_lei_aldir_blanc_-_r_49.44621_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1277/projeto_de_lei__1662_2025_-_autoriza_diarias_de_campo_-_campanhas_de_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1278/projeto_de_lei__1663_2025__-_dispoe_sobre_a_concessao_de_diarias_de_campo_-_obras.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei__1664_2025_-_abre_credito_esp._por_super._fin._-_conv._054-24-pge-2022der_-_bueiros_met._-_r_16.25900_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei__1665_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._-_galeria_-_r_235.70687_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei__1666_2025__-_dispoe_sobre_o_cargo_de_procurador-geral.ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei__1667_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semcelt_-_r_127.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei__1668_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_abert._man._pontes_-_r_140.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei__1669_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semospe_-_r_80.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei__1670_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_mer._escolar_rec._propr._-_r_70.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei__1671_2025_-_dispoe_s_abono_correcoes_e_folga_aniversario.ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1290/projeto_de_lei_1672-2025_-_denomina_o_predio_da_capela_mortuaria.ass.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei__1673_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semap_-_r_20.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei__1674_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._cons._tutel._-_r_40.00000_-_gabin.ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1293/projeto_de_lei__1675_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._-_calcadas_-_r_2.700.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1294/projeto_de_lei__1676_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._pres._e_cons._amb._-_r_13.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1295/projeto_de_lei__1677_2025_-_abre_cred._esp._por_super._fin._-_aquis._notebooks_-_r_63.06564_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei__1678_2025_-_abre_cred._esp._por_super._fin._-_aquis._q._cacau_-_r_3.60319_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1297/projeto_de_lei__1679_2025_-_abre_cred._esp._por_super._fin._-_aquis._equip._agric._-_r_38.49407_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei__1680_2025_-_dispoe_s_multas_de_transitos_e_respons._dos_condutores.ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1300/projeto_de_lei__1681_2025_-_abre_cred._esp._rec._vinc._-_conv._est._11_expofelipe_-_r_300.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei__1682_2025_-_abre_cred._esp._anul._dot.._-_contrap._conv._est._11_expofelipe_-_r_1.11100_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei__1683_2025_-_abre_cred._esp._rec._vinc._-_sus_fed._invest._estrut._at._esp._-_r_57.74000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1310/projeto_de_lei_1684_2025_-_atualiza_o_programa_mais_producao.ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_lei_1685_2025_-_cria_a_funcao_gratificada_de_supervisao_escolar_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_lei__1686_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semap_e_semcelt_-_r_30.00000_-_semap_e_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1309/projeto_de_lei__1687_2025_-_dispoe_sobre_refor._adm._-_transferencia_-_man._semaf_-_r_19.00000_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_1688-2025_-_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1312/projeto_de_lei_1689_2025_-_institui_a_cipaass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1313/projeto_de_lei__1690_2025_-_abre_credito_adic._suplem._por_anul._dot._-_man._fms_15__-_r_395.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1314/projeto_de_lei__1691_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._fms_15__-_r_250.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei__1692_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._log._parques_jardins_-_r_90.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1316/projeto_de_lei__1693_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._const._pista_caminhada_-_r_1.102.94281_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei__1694_2025_-_abre_credito_esp._por_excesso_arrec._-_transf._esp._contrap._constr._pista_caminhada_-_r_57.03860_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1318/projeto_de_lei__1695_2025_-_abre_credito_adic._suplem._por_sup._fin._-_man._semospe_-_r_297.95912_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1319/projeto_de_lei__1696_2025_-_abre_cred._esp._por_rec._vinc._-_aquis._medic._-_resol._244-2025_sesau-cib_-_r_300.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1320/projeto_de_lei_1697-2025_-_estabelece_ppa_2026-2029.ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei__1698_2025_-_abre_cred._esp._por_super._fin._-_cons._med._esp._conv._295-sesau-pge-2023_-_r_381.21030_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei__1699_2025_-_abre_credito_esp._exc._arrec._-_contrapartida_cons._med._esp.__-_r_5.65614_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei__1700_2025_-_abre_cred._esp._anul._dot._-_comp._conv._cons._med._esp._-_r_361.24022_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei__1701_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._pessoal_-_r_20.00000_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_1702-2025_-_cria_o_conselho_municipal_de_turismo_-_comtur.ass.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_lei_1703_2025_-_revoga_a_lei_municipal_1578-2025_e_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_1704-2025_-_dispoe_sobre_desconto_e_parcelamento_iptu_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei__1705_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._642-2023sesau-cib_-_r_8.47219_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei__1706_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.84881_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei__1707_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.52545_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_de_lei__1708_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._med._resol._509-2024sesau_-_r_1.81647_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_de_lei__1709_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._fundeb_30_-_r_131.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1340/projeto_de_lei__1710_2025_-_abre_credito_esp._por_exc._arrec._-_compl._uniao_fundeb_vaar_-_r_70.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei__1711_2025_-_abre_credito_adic._suplem._anul._dot._-_man._semece_5_e_25_-_r_325.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei__1712_2025_-_dispoe_sobre_refor._adm._-_remanejamento_-_man._semast_-_r_200.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei__1713_2025_-_abre_cred._esp._por_super._fin._-_custeio_est._rede_suas_-_port._886-23_mds_-_r_70.61848_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1344/projeto_de_lei__1714_2025_-_abre_cred._esp._por_super._fin._-_custeio_est._rede_suas_-_port._886-23_mds_-_r_131.27036_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1345/projeto_de_lei__1715_2025_-_abre_cred._esp._por_super._fin._-_porg._fort._cad._emerg._procad-suas_-_r_14.05642_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1346/projeto_de_lei__1716_2025_-_abre_credito_adic._suplem._sup._fin._-_indic._gestao_descentr._-_r_42.25200_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei__1717_2025_-_abre_cred._esp._por_super._fin._-_transf._esp._invest._ampl._estadio_-_r_646.64738_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei__1718_2025_-_abre_credito_esp._exc._arrec._-_transf._esp._invest._ampl._estadio__-_r_39.40161_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1349/projeto_de_lei__1719_2025_-_abre_cred._esp._por_super._fin._-_devol._saldo_letreiro_cidade_-_r_18.25336_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1350/projeto_de_lei__1720_2025_-_abre_credito_adic._suplem._anul._dot._-_man._semospe_-_r_100.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1351/projeto_de_lei__1721_2025_-_abre_cred._esp._rec._vinc._-_conv._253-2025-pge-der-adm_-_rec._estr._vic._-_r_500.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei__1722_2025_-_abre_cred._esp._anul._dot._-_contrap._conv._253-2025-pge-der-adm_-_rec._estr._vic._-_r_5.20274_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei__1723_2025_-_abre_cred._esp._rec._vinc._-_transf._esp._invest._aquis._trator_agricola_-_r_396.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei__1724_2025_-_abre_cred._esp._por_super._fin._-_devol._aquis._kits_saude_bucal_-_pse_-_r_29.20858_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei__1725_2025_-_cria_o_fundo_mun._dos_direitos_da_pessoa_idosa.ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1357/projeto_de_lei_1726-2025__-_autoriza_leilao_bens_inserviveis.ass.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_de_lei__1727_2025_-_abre_cred._esp._rec._vinc._-_increm._temp._custeio_sv_aps_-_r_400.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_de_lei__1728_2025_-_abre_cred._esp._rec._vinc._-_sus_fed._invest._estrut._unid._at._prim._-_r_114.10400_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1361/projeto_de_lei_-1729-2025_-_lei_de_diretrizes_orcamentarias_-_ldo_2026.ass.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_lei__1730-2025_-_dispoe_sobre_estagio_remunerado.ass.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_1731_2025_-_autoriza_o_prog._de_regul._fiscal_-_refis_-_2025.ass.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei__1732_2025_-_abre_credito_adic._suplem._sup._fin._-_semospe_e_semap_-_r_250.00000_-_semospe_e_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1370/projeto_de_lei_1733-2025__-_cria_o_conselho_municipal_de_esporte.ass.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1371/projeto_de_lei_1734-2025__-_cria_o_conselho_municipal_de_cultura_e_o_fmc.ass.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1372/projeto_de_lei__1735_2025_-_abre_cred._esp._rec._vinc._-_conv._292-2025-pge-der-adm_-_rec._estr._vic._-_fitha_r_251.30299_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei__1736_2025_-_abre_cred._esp._anul._dot._-_contr._conv._292-2025-pge-der-adm_-_rec._estr._vic._-_fitha_r_2.65241_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei__1737_2025_-_abre_cred._ref._adm._transp._-_rest._e_ampl._camara_r_60.00000_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei__1738_2025_-_abre_cred._esp._anul._dot._-_reest._ampl._camara_r_53.45031_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei__1739_2025_-_abre_cred._ref._adm._reamnej._-_manut._semast_r_22.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei__1740_2025_-_abre_credito_adic._suplem._sup._fin._-_gabinete_e_semaf_-_r_957.00000.ass.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei__1741_2025_-_abre_cred._esp._rec._vinc._-_aps_estrat._saude_bucal_-_psf_r_96.53743_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1379/projeto_de_lei__1742_2025_-_abre_cred._esp._rec._vinc._-_conv._291-2025-pge-der-adm_-_rec._estr._vic._-_r_400.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei__1743_2025_-_abre_cred._esp._anul._dot._-_contr._conv._291-2025-pge-der-adm_-_rec._estr._vic._r_9.57782_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_1744_2025_-_revoga_a_lei_municipal_1592-2025_e_autoriza_teste_seletivo_-_area_saude_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_1745_2025_-_abre_credito_abre_credito_adic._suplem._por_anu._dot._manut._logradouros_r80.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_1746_2025_-_abre_credito_especial_superavit_financeiro._aquis._imobiliario_auditorio._r164.00000_-_gabinete._ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_1747_2025_-_abre_credito_especial_recurso_vinculado._mat._bem_ou_servico_distrib._gratuita_r400.00000_-_semusa._ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_1748_2025_-_dispoe_sobre__reformulacao_administrativa_ao_orcamento_vigente_por_tansposicao_r4.50000_-_camara_munic._ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_1749-2025_-_dispoe_sobre_a_loa_2026.ass.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_1750_2025_-_dispoe_refor._adm._-_transposicao_-_prog._ben._event._-_r_25.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_1751_2025_-_dispoe_refor._adm._-_remanejamento_-_man._cons._tut._-_r_27.00000_-_gabinete.ass.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_1752_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._fms_-_r_294.69200_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_1753_2025_-_abre_credito_especial_sup._fin._-_loc._hora_maq_e_cam._-_r_1.65527_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_1754_2025_-_abre_credito_especial_exc._arrec._-__loc._hora_maq._cam._-_r_18.91993_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_1755_2025_-_abre_credito_especial_rec._vinc._-_esc._tempo_integ._-_r_7.71200_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei_1756_2025_-_abre_credito_especial_rec._vinc._-_conv_306-2025_-_fitha_2025_-_r_236.02320_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_1758_2025_-_abre_credito_especial_anul._dot._-_rest._rec._expofelipe_-_r_18.05629_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_1759_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semed_-_r_335.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_1760_2025_-_dispoe_refor._adm._-_remanejamento_-_man._semast_-_r_118.00000_-_semast.ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_1761_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semospe_-_r_126.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1407/projeto_de_lei_1762_2025_-_abre_credito_adic._suplem._por_sup._fin._-_abert._manut._est._-_r_150.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1408/projeto_de_lei_1763_2025_-_abre_credito_adic._suplem._por_anu._dot._-_manut._ativ._semap_-_r_48.00000_-_semap.ass.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_1764_2025_-_abre_credito_especial_superavit_finan._-_semece_-_r_16.65824_-_semece._ass.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_lei_1765_2025_-_abre_credito_especial_superavit_financ._-_sec._saude_-_r_5.06377_-_sec._saude._ass.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_lei_1766_2025_-_abre_credito_esp._exc._arrecad._fundeb_vaar_-_r_31.41841_-_semece._ass.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_1767_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_r_69.45250_-_semece._ass.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_1768_2025_-_abre_credito_esp._por_superavit_financeiro_-_r111.00000_-__gabinete_prefeito._ass.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1417/projeto_de_lei_municipal_n_1769_2025_-_autoriza_o_poder_executivo_municipal_a_disciplinar_as_ferias_e_recesso_escolar_da_educacao_basica_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1418/projeto_de_lei__1770_2025_-_abre_cred._esp._rec._vinc._-_3a_mandionana_-_r_50.00000_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1419/projeto_de_lei_1771_2025_-_abre_credito_especial_anul._dot._-_contrap._3a_mandionana_-_r_23589_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_1772_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_man._estr._ponte_bueiros_-_r_90.00000_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_1773_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_man._desp._fundeb_30_e_70_-_r_179.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei_1774_2025_-_abre_credito_adic._suplem._por_anul_dot._-_manut._semed_5_e_25_-_r_177.00000_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei_1775_2025_-_abre_credito_adic._suplem._exc._arrec._-_manut._gabinete_-_r_335.00000_-_gab.ass.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1426/projeto_de_lei_1776_2025_-_abre_credito_especial_rec._vinc.._-_custeio_piso_at._prim._port._7447_-_r_200.00000_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1427/projeto_de_lei_1777_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._legisl._-_r_5.46542_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1428/projeto_de_lei_1778_2025_-_abre_credito_adic._suplem._por_anul_dot._-_desp._adm._legisl._-_r_8.38458_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_de_lei_1779_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_natal_luz_-_r_55.30042_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1430/projeto_de_lei_1780_2025_-_cria_a_vaga_de_psicologo_semusa_e_autoriza_exclusao_vaga_proc._seletivo_simplificado.ass.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_1781_2025_-_abre_credito_adic._suplem._por_sup._fin._-_contrib_pasep_-_r_100.00000_-_semaf.ass.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1437/projeto_de_lei_1782_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_abert._estr._vic._pontes_e_bueiros_-_r_93.05600_-_semospe.ass.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_lei_1783_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_236.90191_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1439/projeto_de_lei_1784_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_72.52783_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1440/projeto_de_lei_1785_2025_-_abre_credito_especial_sup._fin._-_reprogram._saldos_port._gmms_7897-2025_-_r_270.56504_-_semusa.ass.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_1786_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_realiz._reveillon_-_r_35.48622_-_semcelt.ass.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_1787_2025_-_dispoe_sobre_refor._adm._-_transposicao_-_desp._adm._legisl._-_r_7.47600_-_camara.ass.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1443/projeto_de_lei_1788_2025_-_abre_credito_especial_sup._fin._-_ref._e_ampl._esc._orlindo_-_r_63.38473_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1444/projeto_de_lei_1789_2025_-_abre_credito_especial_exc._arrecad._-_ref._e_ampl._esc._orlindo_-_r_13.87364_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1449/projeto_de_lei_1790_2025_-_dispoe_sobre_uso_de_veiculos_oficiais.ass.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_1791_2025_-_abre_credito_especial_rec._vinc.._-_aquis._onibus_escolar_tc_no_986645-4_-_r_496.65534_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1448/projeto_de_lei_1792_2025_-_abre_credito_especial_anul._dot._-_contrapartida_aquis._onibus_escolar_tc_no_986645-4_-_r_49715_-_semed.ass.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1450/projeto_de_lei_1793_2025_-_altera_a_meta_do_resultado_primario.ass.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_resolucao_no_12-2025_altera_a_resolucao_n.o_4_de_2023_no_que_diz_respeito_a_carga_horaria_remuneracao_dos_cargos_tecnicos_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_resolucao_no_14.2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1400/15_projeto_de_resolucao_regulamento_lgpd.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/01199_24_decisao-463_apl-tc_00241_24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_decreto_legislativo_2_-_titulo_cidadao_honorario_sao_felipe.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/ata_eletronica_da_1a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/ata_eletronica_da_2a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1304/ata_eletronica_da_5a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1327/ata_eletronica_da_6a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1329/ata_eletronica_da_7a_extraordinaria_da_1a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1363/ata_eletronica_da_8a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1364/ata_eletronica_da_9a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1402/ata_eletronica_da_10a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1411/ata_eletronica_da_11a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1421/ata_eletronica_da_12a_extraordinaria_da_2a_sessao_legislativa_da_8a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1276/ata_ordinaria_11.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1275/ata_ordinaria_12.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1282/ata_ordinaria_14.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1289/ata_ordinaria_15.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1299/ata_ordinaria_16.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1303/ata_ordinaria_17.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1305/ata_ordinaria_18.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1326/ata_ordinaria_19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1328/ata_ordinaria_20.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1334/ata_ordinaria_21.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_ordinaria_22.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1362/ata_ordinaria_23.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1368/ata_ordinaria_24.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1382/ata_ordinaria_25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1388/ata_ordinaria_27.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1390/ata_ordinaria_28.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_ordinaria_29.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1401/ata_ordinaria_30.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1409/ata_ordinaria_31.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_ordinaria_32.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1420/ata_ordinaria_33.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1435/ata_ordinaria_34.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1436/ata_ordinaria_35.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1434/ata_ordinaria_37.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1446/ata_ordinaria_38.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/autografo_012_projeto__1626.2025.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1236/autografo_014_projeto__1628.2025.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1237/autografo_015_projeto__1629.2025.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1238/autografo_016_projeto__1630.2025.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1239/autografo_017_projeto__1631.2025.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/autografo_018_projeto__1633.2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/1244/autografo_019_projeto__1634.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H191"/>
+  <dimension ref="A1:H232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="252" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2759,4858 +3253,5891 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F17" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F18" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H21" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E24" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H24" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E25" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H25" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E26" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H26" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E27" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H27" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E28" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H28" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E29" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H29" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E30" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H30" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D31" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E31" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H31" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E32" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F32" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H32" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E33" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H33" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E34" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H34" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E35" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H35" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E36" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E37" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H37" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E38" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H38" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D39" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E39" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E40" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F40" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="H40" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D41" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E41" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H41" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E42" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F42" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H42" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D43" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E43" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F43" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H43" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D44" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E44" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F44" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H44" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E45" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H45" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E46" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F46" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H46" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D47" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E47" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F47" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H47" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D48" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E48" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F48" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H48" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E49" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F49" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H49" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E50" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F50" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H50" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E51" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F51" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H51" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D52" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E52" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F52" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H52" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D53" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E53" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F53" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H53" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E54" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F54" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H54" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D55" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E55" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F55" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H55" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D56" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E56" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F56" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H56" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E57" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F57" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H57" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E58" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F58" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H58" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D59" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F59" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H59" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E60" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D61" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E61" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F61" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H61" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D62" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E62" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F62" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H62" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E63" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F63" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H63" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E64" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F64" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H64" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D65" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E65" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F65" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H65" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D66" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F66" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H66" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E67" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F67" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H67" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E68" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H68" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D69" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E69" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F69" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H69" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D70" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E70" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F70" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H70" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E71" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F71" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H71" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E72" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F72" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H72" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D73" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E73" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F73" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H73" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E74" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F74" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H74" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D75" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E75" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F75" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H75" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E76" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F76" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H76" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D77" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E77" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F77" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H77" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D78" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E78" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F78" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="H78" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D79" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E79" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F79" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H79" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D80" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E80" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F80" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H80" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E81" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F81" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H81" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D82" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E82" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F82" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H82" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E83" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F83" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H83" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E84" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F84" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H84" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D85" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E85" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F85" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H85" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D86" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E86" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F86" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H86" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D87" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E87" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="H87" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D88" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E88" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F88" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H88" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D89" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E89" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F89" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H89" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D90" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E90" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F90" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H90" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D91" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E91" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F91" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H91" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D92" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E92" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F92" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H92" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D93" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E93" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F93" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H93" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D94" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E94" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F94" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H94" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D95" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E95" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F95" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H95" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D96" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E96" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F96" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H96" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D97" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E97" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F97" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H97" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D98" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E98" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F98" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H98" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D99" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E99" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F99" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H99" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E100" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F100" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="H100" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D101" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E101" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F101" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="H101" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D102" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E102" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F102" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="H102" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D103" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E103" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F103" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H103" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D104" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E104" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F104" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H104" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D105" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E105" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F105" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H105" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D106" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E106" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F106" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H106" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D107" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E107" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F107" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H107" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E108" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F108" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H108" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D109" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E109" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F109" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H109" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D110" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E110" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F110" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H110" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D111" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E111" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F111" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H111" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D112" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E112" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F112" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H112" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D113" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E113" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F113" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H113" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D114" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E114" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F114" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H114" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D115" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E115" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F115" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H115" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D116" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E116" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F116" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H116" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D117" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E117" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F117" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H117" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E118" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F118" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H118" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D119" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E119" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F119" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H119" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D120" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E120" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F120" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H120" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D121" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E121" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F121" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H121" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D122" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E122" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F122" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H122" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D123" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E123" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F123" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H123" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D124" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E124" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F124" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H124" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D125" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E125" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F125" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H125" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D126" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E126" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F126" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H126" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D127" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E127" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F127" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="H127" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D128" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E128" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F128" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H128" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D129" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E129" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F129" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H129" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D130" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E130" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F130" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H130" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D131" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E131" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F131" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="H131" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D132" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E132" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F132" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="H132" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D133" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E133" t="s">
-        <v>19</v>
+        <v>33</v>
+      </c>
+      <c r="F133" t="s">
+        <v>34</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H133" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D134" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E134" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F134" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="H134" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D135" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E135" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F135" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H135" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D136" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E136" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="H136" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D137" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E137" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F137" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H137" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D138" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E138" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F138" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H138" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D139" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E139" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F139" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="H139" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D140" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E140" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F140" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="H140" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D141" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E141" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F141" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="H141" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D142" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E142" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F142" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H142" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D143" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E143" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F143" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H143" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D144" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E144" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F144" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="H144" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D145" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E145" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F145" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="H145" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D146" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E146" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F146" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H146" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D147" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E147" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F147" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H147" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D148" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E148" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F148" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="H148" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D149" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E149" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F149" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H149" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D150" t="s">
-        <v>608</v>
+        <v>32</v>
       </c>
       <c r="E150" t="s">
-        <v>609</v>
+        <v>33</v>
       </c>
       <c r="F150" t="s">
+        <v>34</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>612</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
         <v>613</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="D151" t="s">
+        <v>32</v>
+      </c>
+      <c r="E151" t="s">
+        <v>33</v>
+      </c>
+      <c r="F151" t="s">
+        <v>34</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="D151" t="s">
-[...5 lines deleted...]
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>616</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
         <v>617</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152" t="s">
+        <v>32</v>
+      </c>
+      <c r="E152" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" t="s">
+        <v>34</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D152" t="s">
-[...8 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>620</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>621</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="D153" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" t="s">
+        <v>33</v>
+      </c>
+      <c r="F153" t="s">
+        <v>34</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="D153" t="s">
-[...5 lines deleted...]
-      <c r="G153" s="1" t="s">
+      <c r="H153" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>624</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
         <v>625</v>
       </c>
-      <c r="B154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D154" t="s">
+        <v>32</v>
+      </c>
+      <c r="E154" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" t="s">
+        <v>34</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="E154" t="s">
+      <c r="H154" t="s">
         <v>627</v>
-      </c>
-[...7 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>628</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>629</v>
+      </c>
+      <c r="D155" t="s">
+        <v>32</v>
+      </c>
+      <c r="E155" t="s">
+        <v>33</v>
+      </c>
+      <c r="F155" t="s">
+        <v>34</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="H155" t="s">
         <v>631</v>
-      </c>
-[...10 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>632</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>633</v>
+      </c>
+      <c r="D156" t="s">
+        <v>32</v>
+      </c>
+      <c r="E156" t="s">
+        <v>33</v>
+      </c>
+      <c r="F156" t="s">
+        <v>34</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="B156" t="s">
-[...5 lines deleted...]
-      <c r="D156" t="s">
+      <c r="H156" t="s">
         <v>635</v>
-      </c>
-[...10 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>636</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>637</v>
+      </c>
+      <c r="D157" t="s">
+        <v>32</v>
+      </c>
+      <c r="E157" t="s">
+        <v>33</v>
+      </c>
+      <c r="F157" t="s">
+        <v>34</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H157" t="s">
         <v>639</v>
-      </c>
-[...19 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>640</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>641</v>
+      </c>
+      <c r="D158" t="s">
+        <v>32</v>
+      </c>
+      <c r="E158" t="s">
+        <v>33</v>
+      </c>
+      <c r="F158" t="s">
+        <v>34</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="H158" t="s">
         <v>643</v>
-      </c>
-[...10 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>644</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>645</v>
+      </c>
+      <c r="D159" t="s">
+        <v>32</v>
+      </c>
+      <c r="E159" t="s">
+        <v>33</v>
+      </c>
+      <c r="F159" t="s">
+        <v>34</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>647</v>
-      </c>
-[...10 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>648</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>649</v>
+      </c>
+      <c r="D160" t="s">
+        <v>32</v>
+      </c>
+      <c r="E160" t="s">
+        <v>33</v>
+      </c>
+      <c r="F160" t="s">
+        <v>34</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="H160" t="s">
         <v>651</v>
-      </c>
-[...10 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>652</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>653</v>
+      </c>
+      <c r="D161" t="s">
+        <v>32</v>
+      </c>
+      <c r="E161" t="s">
+        <v>33</v>
+      </c>
+      <c r="F161" t="s">
+        <v>34</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="H161" t="s">
         <v>655</v>
-      </c>
-[...13 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>656</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>657</v>
+      </c>
+      <c r="D162" t="s">
+        <v>32</v>
+      </c>
+      <c r="E162" t="s">
+        <v>33</v>
+      </c>
+      <c r="F162" t="s">
+        <v>34</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="H162" t="s">
         <v>659</v>
-      </c>
-[...13 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>660</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>661</v>
+      </c>
+      <c r="D163" t="s">
+        <v>32</v>
+      </c>
+      <c r="E163" t="s">
+        <v>33</v>
+      </c>
+      <c r="F163" t="s">
+        <v>34</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="H163" t="s">
         <v>663</v>
-      </c>
-[...10 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>664</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>665</v>
+      </c>
+      <c r="D164" t="s">
+        <v>32</v>
+      </c>
+      <c r="E164" t="s">
+        <v>33</v>
+      </c>
+      <c r="F164" t="s">
+        <v>34</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B164" t="s">
-[...11 lines deleted...]
-      <c r="G164" s="1" t="s">
+      <c r="H164" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>668</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>669</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>32</v>
+      </c>
+      <c r="E165" t="s">
+        <v>33</v>
+      </c>
+      <c r="F165" t="s">
+        <v>34</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D165" t="s">
-[...2 lines deleted...]
-      <c r="E165" t="s">
+      <c r="H165" t="s">
         <v>671</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>672</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>673</v>
+      </c>
+      <c r="D166" t="s">
+        <v>32</v>
+      </c>
+      <c r="E166" t="s">
+        <v>33</v>
+      </c>
+      <c r="F166" t="s">
+        <v>34</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B166" t="s">
-[...11 lines deleted...]
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>676</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>677</v>
       </c>
-      <c r="B167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E167" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F167" t="s">
+        <v>34</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>678</v>
       </c>
       <c r="H167" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>680</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>681</v>
       </c>
       <c r="D168" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E168" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F168" t="s">
+        <v>34</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>682</v>
       </c>
       <c r="H168" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>684</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>685</v>
       </c>
       <c r="D169" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E169" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F169" t="s">
+        <v>34</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H169" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>688</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>689</v>
       </c>
       <c r="D170" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E170" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F170" t="s">
+        <v>34</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>690</v>
       </c>
       <c r="H170" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>692</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>693</v>
       </c>
       <c r="D171" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E171" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F171" t="s">
+        <v>34</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H171" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>696</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>697</v>
       </c>
       <c r="D172" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E172" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F172" t="s">
+        <v>34</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H172" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>700</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>701</v>
       </c>
       <c r="D173" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E173" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F173" t="s">
+        <v>34</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>702</v>
       </c>
       <c r="H173" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>704</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>705</v>
       </c>
       <c r="D174" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E174" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F174" t="s">
+        <v>34</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>706</v>
       </c>
       <c r="H174" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>708</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>709</v>
       </c>
       <c r="D175" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E175" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>33</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>710</v>
       </c>
       <c r="H175" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>712</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>713</v>
       </c>
       <c r="D176" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E176" t="s">
-        <v>671</v>
+        <v>33</v>
       </c>
       <c r="F176" t="s">
-        <v>615</v>
+        <v>34</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>714</v>
       </c>
       <c r="H176" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>716</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>717</v>
       </c>
       <c r="D177" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E177" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>33</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>718</v>
       </c>
       <c r="H177" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>720</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>721</v>
       </c>
       <c r="D178" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E178" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F178" t="s">
+        <v>34</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>81</v>
+        <v>722</v>
       </c>
       <c r="H178" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D179" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E179" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F179" t="s">
+        <v>34</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H179" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D180" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E180" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F180" t="s">
+        <v>34</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H180" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D181" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E181" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F181" t="s">
+        <v>34</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H181" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D182" t="s">
-        <v>635</v>
+        <v>32</v>
       </c>
       <c r="E182" t="s">
-        <v>671</v>
+        <v>33</v>
+      </c>
+      <c r="F182" t="s">
+        <v>34</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H182" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D183" t="s">
-        <v>635</v>
+        <v>742</v>
       </c>
       <c r="E183" t="s">
-        <v>671</v>
+        <v>743</v>
+      </c>
+      <c r="F183" t="s">
+        <v>744</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="H183" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>747</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>748</v>
+      </c>
+      <c r="D184" t="s">
+        <v>742</v>
+      </c>
+      <c r="E184" t="s">
         <v>743</v>
       </c>
-      <c r="B184" t="s">
-[...9 lines deleted...]
-        <v>745</v>
+      <c r="F184" t="s">
+        <v>749</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>746</v>
+        <v>95</v>
       </c>
       <c r="H184" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>614</v>
+        <v>752</v>
       </c>
       <c r="D185" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="E185" t="s">
-        <v>745</v>
+        <v>743</v>
+      </c>
+      <c r="F185" t="s">
+        <v>749</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>81</v>
+        <v>753</v>
       </c>
       <c r="H185" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>618</v>
+        <v>756</v>
       </c>
       <c r="D186" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="E186" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="H186" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>622</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
       <c r="E187" t="s">
-        <v>745</v>
+        <v>761</v>
+      </c>
+      <c r="F187" t="s">
+        <v>34</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="H187" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>681</v>
+        <v>23</v>
       </c>
       <c r="D188" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
       <c r="E188" t="s">
-        <v>745</v>
+        <v>761</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="H188" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>685</v>
+        <v>10</v>
       </c>
       <c r="D189" t="s">
+        <v>768</v>
+      </c>
+      <c r="E189" t="s">
+        <v>769</v>
+      </c>
+      <c r="F189" t="s">
         <v>744</v>
       </c>
-      <c r="E189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="1" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="H189" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>689</v>
+        <v>23</v>
       </c>
       <c r="D190" t="s">
+        <v>768</v>
+      </c>
+      <c r="E190" t="s">
+        <v>769</v>
+      </c>
+      <c r="F190" t="s">
         <v>744</v>
       </c>
-      <c r="E190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" s="1" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="H190" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>693</v>
+        <v>776</v>
       </c>
       <c r="D191" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="E191" t="s">
-        <v>745</v>
+        <v>769</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="H191" t="s">
-        <v>767</v>
+        <v>778</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>779</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>780</v>
+      </c>
+      <c r="D192" t="s">
+        <v>768</v>
+      </c>
+      <c r="E192" t="s">
+        <v>769</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H192" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>783</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>784</v>
+      </c>
+      <c r="D193" t="s">
+        <v>768</v>
+      </c>
+      <c r="E193" t="s">
+        <v>769</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H193" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>787</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>788</v>
+      </c>
+      <c r="D194" t="s">
+        <v>768</v>
+      </c>
+      <c r="E194" t="s">
+        <v>769</v>
+      </c>
+      <c r="F194" t="s">
+        <v>749</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H194" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>791</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>792</v>
+      </c>
+      <c r="D195" t="s">
+        <v>768</v>
+      </c>
+      <c r="E195" t="s">
+        <v>769</v>
+      </c>
+      <c r="F195" t="s">
+        <v>749</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H195" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>795</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>796</v>
+      </c>
+      <c r="D196" t="s">
+        <v>768</v>
+      </c>
+      <c r="E196" t="s">
+        <v>769</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H196" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>799</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>800</v>
+      </c>
+      <c r="D197" t="s">
+        <v>768</v>
+      </c>
+      <c r="E197" t="s">
+        <v>769</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H197" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>803</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>741</v>
+      </c>
+      <c r="D198" t="s">
+        <v>768</v>
+      </c>
+      <c r="E198" t="s">
+        <v>769</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H198" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>806</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>800</v>
+      </c>
+      <c r="D199" t="s">
+        <v>768</v>
+      </c>
+      <c r="E199" t="s">
+        <v>807</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H199" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>810</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>741</v>
+      </c>
+      <c r="D200" t="s">
+        <v>768</v>
+      </c>
+      <c r="E200" t="s">
+        <v>807</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H200" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>813</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>752</v>
+      </c>
+      <c r="D201" t="s">
+        <v>768</v>
+      </c>
+      <c r="E201" t="s">
+        <v>807</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H201" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>816</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>756</v>
+      </c>
+      <c r="D202" t="s">
+        <v>768</v>
+      </c>
+      <c r="E202" t="s">
+        <v>807</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H202" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>819</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>820</v>
+      </c>
+      <c r="D203" t="s">
+        <v>768</v>
+      </c>
+      <c r="E203" t="s">
+        <v>807</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H203" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>823</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>824</v>
+      </c>
+      <c r="D204" t="s">
+        <v>768</v>
+      </c>
+      <c r="E204" t="s">
+        <v>807</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H204" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>827</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>828</v>
+      </c>
+      <c r="D205" t="s">
+        <v>768</v>
+      </c>
+      <c r="E205" t="s">
+        <v>807</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H205" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>831</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>832</v>
+      </c>
+      <c r="D206" t="s">
+        <v>768</v>
+      </c>
+      <c r="E206" t="s">
+        <v>807</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H206" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>835</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>836</v>
+      </c>
+      <c r="D207" t="s">
+        <v>768</v>
+      </c>
+      <c r="E207" t="s">
+        <v>807</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H207" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>839</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>840</v>
+      </c>
+      <c r="D208" t="s">
+        <v>768</v>
+      </c>
+      <c r="E208" t="s">
+        <v>807</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H208" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>843</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>844</v>
+      </c>
+      <c r="D209" t="s">
+        <v>768</v>
+      </c>
+      <c r="E209" t="s">
+        <v>807</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H209" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>847</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>848</v>
+      </c>
+      <c r="D210" t="s">
+        <v>768</v>
+      </c>
+      <c r="E210" t="s">
+        <v>807</v>
+      </c>
+      <c r="F210" t="s">
+        <v>749</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H210" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>851</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>852</v>
+      </c>
+      <c r="D211" t="s">
+        <v>768</v>
+      </c>
+      <c r="E211" t="s">
+        <v>807</v>
+      </c>
+      <c r="F211" t="s">
+        <v>749</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H211" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>855</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>856</v>
+      </c>
+      <c r="D212" t="s">
+        <v>768</v>
+      </c>
+      <c r="E212" t="s">
+        <v>807</v>
+      </c>
+      <c r="F212" t="s">
+        <v>749</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H212" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>859</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>860</v>
+      </c>
+      <c r="D213" t="s">
+        <v>768</v>
+      </c>
+      <c r="E213" t="s">
+        <v>807</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H213" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>862</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>863</v>
+      </c>
+      <c r="D214" t="s">
+        <v>768</v>
+      </c>
+      <c r="E214" t="s">
+        <v>807</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="H214" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>866</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>867</v>
+      </c>
+      <c r="D215" t="s">
+        <v>768</v>
+      </c>
+      <c r="E215" t="s">
+        <v>807</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H215" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>870</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>871</v>
+      </c>
+      <c r="D216" t="s">
+        <v>768</v>
+      </c>
+      <c r="E216" t="s">
+        <v>807</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H216" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>874</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>875</v>
+      </c>
+      <c r="D217" t="s">
+        <v>768</v>
+      </c>
+      <c r="E217" t="s">
+        <v>807</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H217" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>878</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>879</v>
+      </c>
+      <c r="D218" t="s">
+        <v>768</v>
+      </c>
+      <c r="E218" t="s">
+        <v>807</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H218" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>882</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>883</v>
+      </c>
+      <c r="D219" t="s">
+        <v>768</v>
+      </c>
+      <c r="E219" t="s">
+        <v>807</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H219" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>886</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>887</v>
+      </c>
+      <c r="D220" t="s">
+        <v>768</v>
+      </c>
+      <c r="E220" t="s">
+        <v>807</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H220" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>890</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>891</v>
+      </c>
+      <c r="D221" t="s">
+        <v>768</v>
+      </c>
+      <c r="E221" t="s">
+        <v>807</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H221" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>894</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>895</v>
+      </c>
+      <c r="D222" t="s">
+        <v>768</v>
+      </c>
+      <c r="E222" t="s">
+        <v>807</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H222" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>898</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>899</v>
+      </c>
+      <c r="D223" t="s">
+        <v>768</v>
+      </c>
+      <c r="E223" t="s">
+        <v>807</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H223" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>902</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>903</v>
+      </c>
+      <c r="D224" t="s">
+        <v>768</v>
+      </c>
+      <c r="E224" t="s">
+        <v>807</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H224" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>906</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>741</v>
+      </c>
+      <c r="D225" t="s">
+        <v>907</v>
+      </c>
+      <c r="E225" t="s">
+        <v>908</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H225" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>911</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>748</v>
+      </c>
+      <c r="D226" t="s">
+        <v>907</v>
+      </c>
+      <c r="E226" t="s">
+        <v>908</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H226" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>913</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>752</v>
+      </c>
+      <c r="D227" t="s">
+        <v>907</v>
+      </c>
+      <c r="E227" t="s">
+        <v>908</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H227" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>916</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>756</v>
+      </c>
+      <c r="D228" t="s">
+        <v>907</v>
+      </c>
+      <c r="E228" t="s">
+        <v>908</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="H228" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>919</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>820</v>
+      </c>
+      <c r="D229" t="s">
+        <v>907</v>
+      </c>
+      <c r="E229" t="s">
+        <v>908</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H229" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>922</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>824</v>
+      </c>
+      <c r="D230" t="s">
+        <v>907</v>
+      </c>
+      <c r="E230" t="s">
+        <v>908</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H230" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>925</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>828</v>
+      </c>
+      <c r="D231" t="s">
+        <v>907</v>
+      </c>
+      <c r="E231" t="s">
+        <v>908</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H231" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>928</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>832</v>
+      </c>
+      <c r="D232" t="s">
+        <v>907</v>
+      </c>
+      <c r="E232" t="s">
+        <v>908</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H232" t="s">
+        <v>930</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7761,50 +9288,91 @@
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>