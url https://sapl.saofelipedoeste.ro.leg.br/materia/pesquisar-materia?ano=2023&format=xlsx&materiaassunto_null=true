--- v0 (2025-10-28)
+++ v1 (2026-03-15)
@@ -54,2786 +54,2786 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Câmara Municipal de São Felipe D'Oeste - CMSF</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/893/emenda_modificativa.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/893/emenda_modificativa.docx</t>
   </si>
   <si>
     <t>Fica modificado o parágrafo quinto ao artigo 4º do projeto de lei acima evidenciado.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo  Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_001_2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_001_2023.pdf</t>
   </si>
   <si>
     <t>Indica Unificação de Cargos de servidores da Saúde.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BETO DA 41</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_002_2023_-_creche.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_002_2023_-_creche.pdf</t>
   </si>
   <si>
     <t>REFORMA DA CRECHE.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/779/indicacao_003_2022_-__capela.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/779/indicacao_003_2022_-__capela.pdf</t>
   </si>
   <si>
     <t>NECESSIDADE DE AQUISIÇÃO VENTILADORES OU CLIMATIZADOR PARA A CAPELA MUNICIPAL.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/867/05.2023_indicacao_-_placa_e_sinalizacao_-_paulo_e_credivaldo.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/867/05.2023_indicacao_-_placa_e_sinalizacao_-_paulo_e_credivaldo.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE SEJA PROVIDENCIADA A INTALAÇÃO DE PLACAS DE SINALIZAÇÃO COM NOME DAS RUAS, PLACAS DE LIMITE DE VELOCIDADE E DE PREFERÊNCIA NAS RUAS, AVENIDAS, PRÉDIOS PUBLICOS, ESCOLAS E CRECHE DA CIDADE E DEMAIS SINALIZAÇÕES DE TRÂNSITO.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sidney Borges de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/812/projeto-de-lei-no1311.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/812/projeto-de-lei-no1311.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 20.570,00 – Investimento – Aquisição de Equipamentos e Mat. Permanente – UBS Distrito de Novo Paraíso - SEMUSA e dá outras providências.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE SÃO FELIPE D'OESTE - CMSF</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/872/projeto_de_lei_alteracao_ubs_novo_paraiso.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/872/projeto_de_lei_alteracao_ubs_novo_paraiso.docx</t>
   </si>
   <si>
     <t>Altera da Denominação da Unidade Básica de Saúde de Novo   Paraíso - UBS - localizada no Distrito de Novo Paraíso, Município de São Felipe D’Oeste - RO</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/734/projeto_de_lei_1257-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_medicamentos_hospitalares_-_r_200.00000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/734/projeto_de_lei_1257-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_medicamentos_hospitalares_-_r_200.00000_-_semusa.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1257-2023 - Abre Crédito Adicional Especial por Superávit Financeiro - Aquisição de Medicamentos Hospitalares - R$ 200.000,00 - SEMUSA</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/735/projeto_de_lei_1258-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_veiculo_pick_up_-_r_200.00000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/735/projeto_de_lei_1258-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_veiculo_pick_up_-_r_200.00000_-_semusa.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1258-2023 - Abre Crédito Adicional Especial por Superávit Financeiro - Aquisição de Veículo Pick Up - R$ 200.000,00 - SEMUSA</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/736/projeto_de_lei_1259-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_retroescavadeira_-_convenio_no_265-2022pj-der-ro_-_r_509.00000_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/736/projeto_de_lei_1259-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_retroescavadeira_-_convenio_no_265-2022pj-der-ro_-_r_509.00000_-_semospe.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1259-2023 - Abre Crédito Adicional Especial por Superávit Financeiro - Aquisição de Retroescavadeira - Convênio nº 265-2022+PJ-DER-RO - R$ 509.000,00 - SEMOSPE</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_1260-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_pavimentacao_de_estradas_vicinais_-_contrato_de_repasse_no_909252-mdr-caixa_-_r_979.26952_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_1260-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_pavimentacao_de_estradas_vicinais_-_contrato_de_repasse_no_909252-mdr-caixa_-_r_979.26952_-_semospe.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1260-2023 - Abre Crédito Adicional Especial por Recurso Vinculado - Pavimentação de Estradas Vicinais - Contrato de Repasse nº 909252-MDR-CAIXA - R$ 979.269,52 - SEMOSPE</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_1261-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_674.90300_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_1261-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_674.90300_-_semospe.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1261-2023 - Abre Crédito Adicional Especial por Superávit Financeiro - Pavimentação de Vias Urbanas - Contrato de Repasse nº 906004-MDR-CAIXA - R$ 674.903,00 - SEMOSPE</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/739/projeto_de_lei_1262-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_3.47596_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/739/projeto_de_lei_1262-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_3.47596_-_semospe.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 1262-2023 - Abre Crédito Adicional Especial por Anulação de Dotação - Contrapartida Pavimentação de Vias Urbanas - Contrato de Repasse nº 906004-MDR-CAIXA - R$ 3.475,96 - SEMOSPE</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/740/projeto_de_lei_1263-2023_-_abre_credito_adicional_especial_por__superavit_financeiro_-_fundeb_estadual_-_r_34.70000_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/740/projeto_de_lei_1263-2023_-_abre_credito_adicional_especial_por__superavit_financeiro_-_fundeb_estadual_-_r_34.70000_-_semece.doc</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial por  Superávit Financeiro - FUNDEB Estadual - R$ 34.700,00 - SEMECE</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/741/projeto_de_lei_1264-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_236.00000_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/741/projeto_de_lei_1264-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_236.00000_-_semospe.doc</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial por Anulação de Dotação - Contrapartida Aquisição Caminhão Pipa - Convênio nº 237-2022-PJ-DER - R$ 236.000,00 - SEMOSPE</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/742/projeto_de_lei_1265-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_413.00000_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/742/projeto_de_lei_1265-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_413.00000_-_semospe.doc</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial por Superávit Financeiro - Aquisição Caminhão Pipa - Convênio nº 237-2022-PJ-DER - R$ 413.000,00 - SEMOSPE</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/743/projeto_de_lei_1266-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_complemento_da_reforma_do_ginasio_municipal_-_r_210.98645_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/743/projeto_de_lei_1266-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_complemento_da_reforma_do_ginasio_municipal_-_r_210.98645_-_semece.doc</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial por Superávit Financeiro - Complemento da Reforma do Ginásio Municipal - R$ 210.986,45 - SEMECE</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/747/projeto_de_lei_1267-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_da_escola_geone_silva_ferreira_-_r_1.740.36306_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/747/projeto_de_lei_1267-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_da_escola_geone_silva_ferreira_-_r_1.740.36306_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Superávit Financeiro no valor de R$ 1.740.363,06 – Reforma e Ampliação da Escola Geone Silva Ferreira – Termo de Convênio nº 458/PGE-2022 - SEDUC – SEMECE e dá outras 	providências</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_1268-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_pnate_-_r_35.00000_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_1268-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_pnate_-_r_35.00000_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional	Suplementar por Superávit Financeiro no valor de R$ 35.000,00 – Manutenção do PNATE – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/749/projeto_de_lei_1269-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_conselho_tutelar_-_r_10.00000_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/749/projeto_de_lei_1269-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_conselho_tutelar_-_r_10.00000_-_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Suplementar por Superávit Financeiro no valor de R$ 10.000,00 – Manutenção do Conselho Tutelar – Gabinete e dá outras providências</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/750/projeto_de_lei_1270-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_custeio_e_incremento_da_atencao_basica_-_r_128.94753_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/750/projeto_de_lei_1270-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_custeio_e_incremento_da_atencao_basica_-_r_128.94753_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Superávit Financeiro no valor de R$ 128.947,53 – Custeio – Incremento da Atenção Básica – FNS – Proposta nº 36000389547202100 – Portaria MS/GM 1467/2021 - SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_1271-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_programa_ir_e_vir_-_restituicao_2022_-_r_28.47888_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_1271-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_programa_ir_e_vir_-_restituicao_2022_-_r_28.47888_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional	Especial por Superávit Financeiro no valor de R$ 28.478,88 – Transporte Escolar - Programa Ir e Vir – Restituição – 2022 - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_1272-2023_-_autoriza_a_realizacao_de_teste_seletivo_simplificado_para_contratacao_de_medico_clinico_geral_-_enfermeiro_padrao_e_tec._enfermagem.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_1272-2023_-_autoriza_a_realizacao_de_teste_seletivo_simplificado_para_contratacao_de_medico_clinico_geral_-_enfermeiro_padrao_e_tec._enfermagem.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Teste Seletivo Simplificado para a contratação de Médico – Clínico Geral, Enfermeiro Padrão e Técnico de Enfermagem e dá outras providências”.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_1273-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_implantacao_de_calhas_na_creche_municipal_-_r_80.09143_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_1273-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_implantacao_de_calhas_na_creche_municipal_-_r_80.09143_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Suplementar por Superávit Financeiro no valor de R$ 80.091,43 – Implantação de Calhas na Creche	Municipal - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_1274-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incremento_ab_primaria_-_fns_-_proposta_36000463938202200_-_r_75.49050_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_1274-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incremento_ab_primaria_-_fns_-_proposta_36000463938202200_-_r_75.49050_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Superávit Financeiro no valor de R$ 75.490,50 – Incremento ao Custeio da Atenção Básica Primária – FNS Proposta nº 36000463938202200 – Portaria MS/GM nº 1688/2022 - SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/758/projeto_de_lei_1275-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_funfo_a_fundo_-_aquisicao_veiculo_pik_up_-_r_14.35970_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/758/projeto_de_lei_1275-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_funfo_a_fundo_-_aquisicao_veiculo_pik_up_-_r_14.35970_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Superávit Financeiro no valor de 	R$ 14.359,70 – Devolução de saldo de convênio – 		Aquisição Veículo Pick Up – Fundo a Fundo -SESAU - SEMUSA e dá outras providências”.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/759/projeto_de_lei_1276-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_206-2022_-_fitha_-_recuperacao_estradas_vicinais_-_r_10.92836_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/759/projeto_de_lei_1276-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_206-2022_-_fitha_-_recuperacao_estradas_vicinais_-_r_10.92836_-_semospe.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 10.928,36 – Devolução de saldo do Termo de Convênio nº 206/2022/PGE/DER-RO – FITHA - Recuperação de Estradas Vicinais - SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_1277-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_038-2022_-_aquisicao_retroescavadeira_-_r_23.83326_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_1277-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_038-2022_-_aquisicao_retroescavadeira_-_r_23.83326_-_semospe.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 23.833,26 – Devolução de saldo do Termo de 	Convênio nº 038/2022/PGE/DER-RO – Aquisição	Retroescavadeira - SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/761/projeto-de-lei-_1278_2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/761/projeto-de-lei-_1278_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 16.530,06 – Complementação da União - _x000D_
 FUNDEB-VAAT - SEMECE e dá outras providências”</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/762/projeto-de-lei-1279_2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/762/projeto-de-lei-1279_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento no valor de R$ 80.000,00 – SEMUSA e dá outras _x000D_
 providências”.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/763/projeto-de-lei-1280_2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/763/projeto-de-lei-1280_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado no valor de R$ 2.522.897,72 – Transporte Escolar – Programa Ir e_x000D_
 Vir - SEMECE e dá outras providências”.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/764/projeto-de-lei-1281_2023_saneamento_basico.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/764/projeto-de-lei-1281_2023_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE SANEMAENTO BÁSICO DE SÃO FELIPE D'OESTE ELABORADO PELA FUNASA EM PARCERIA COM O INSTITUTO FEDERAL DE RONDONIA - IFRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_1282-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_mamae_cheguei_e_auxilio_brasil_-_r_15.00000_-_semast.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_1282-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_mamae_cheguei_e_auxilio_brasil_-_r_15.00000_-_semast.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 15.000,00 – SEMAST e dá outras providências</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_1283-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_co-financiamento_estadual_-_r_43.23591_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_1283-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_co-financiamento_estadual_-_r_43.23591_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 43.235,91 –  Coo-financiamento Estadual - EMUSA e dá outras providências</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_1284-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_r_60.00000_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_1284-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_r_60.00000_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa – Remanejamento no valor de R$ 60.000,00 –  Merenda Escolar - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_1285-2023_-_autoriza_o_desdobro_de_imovel_urbano.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_1285-2023_-_autoriza_o_desdobro_de_imovel_urbano.doc</t>
   </si>
   <si>
     <t>Autoriza o desdobro de imóvel urbano registrado em nome do Município de São Felipe D’Oeste/RO e dá outras providências.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_1286-2023_-_altera_a_lei_1028-2022_e_cria_os_cargos_de_diretor_e_vice-diretor_da_creche_municipal.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_1286-2023_-_altera_a_lei_1028-2022_e_cria_os_cargos_de_diretor_e_vice-diretor_da_creche_municipal.doc</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1028/2022, cria o cargo de Diretor (a) e Vice-diretor (a) da Creche Municipal e altera parcialmente o anexo I da referida Lei e dá outras providências</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_1287-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_atividades_do_gabinete_-_r_43.00000_-_semaf_p_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_1287-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_atividades_do_gabinete_-_r_43.00000_-_semaf_p_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa – Remanejamento no valor de R$ 43.000,00 – Manutenção das Atividades do Gabinete e dá outras providências.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_1288-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_fms_15_-_r_80.00000_-_gabinete_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_1288-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_fms_15_-_r_80.00000_-_gabinete_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa – Remanejamento 	no valor de R$ 80.000,00 – SEMUSA e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_1289-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_repasse_aos_academicos_-_r_67.50000_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_1289-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_repasse_aos_academicos_-_r_67.50000_-_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 67.500,00 – Gabinete do Prefeito e dá outras providências</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_1291-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_iluminacao_publica_-_r_93.24866_-_semospe_1.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_1291-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_iluminacao_publica_-_r_93.24866_-_semospe_1.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 93.248,66 – SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_1292-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_bloco_de_protecao_social_-_pbf_-_paif_-_r_30.00000_-_semast.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_1292-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_bloco_de_protecao_social_-_pbf_-_paif_-_r_30.00000_-_semast.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 30.000,00 – SEMAST e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_1293-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_piso_social_especial_-_pse_estadual_-_r_20.00000_-_semast.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_1293-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_piso_social_especial_-_pse_estadual_-_r_20.00000_-_semast.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 20.000,00 – SEMAST e dá outras providências.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_lei_1294-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_manutencao_do_conselho_tutelar_-_r_8.00000_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_lei_1294-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_manutencao_do_conselho_tutelar_-_r_8.00000_-_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transposição no valor de R$ 8.000,00 – Gabinete e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_lei_1295-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_despesas_fundeb_30_-_r_106.80800_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_lei_1295-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_despesas_fundeb_30_-_r_106.80800_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por superávit Financeiro no valor de R$ 106.808,00 – SEMECE e dá outras providências.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Institui PAA – Programa de Aquisição de Alimentos de São Felipe D’Oeste, na modalidade de compra e doação simultânea e dá outras providências</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_1297-2023_-_altera_a_lei_301-2007_-_atribuicoes_do_cargo_de_fiscal_1.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_1297-2023_-_altera_a_lei_301-2007_-_atribuicoes_do_cargo_de_fiscal_1.doc</t>
   </si>
   <si>
     <t>Altera a Lei 301-2007 - Atribuições do cargo de fiscal.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/794/projeto_de_lei_no._1298.2023_de_14_de_abril_de_2023._autoriza_a_abrir_credito_adicional.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/794/projeto_de_lei_no._1298.2023_de_14_de_abril_de_2023._autoriza_a_abrir_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de_x000D_
 R$ 2.103,74 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/795/projeto_de_lei_no._1299.2023_de_14_de_abril_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/795/projeto_de_lei_no._1299.2023_de_14_de_abril_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de Dotação no valor de R$ _x000D_
 204.300,75 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_1300-2023_-_autoriza_o_poder_executivo_a_transformar_o_cargo_de_auxiliar_de_enfermagem_em_tecnico_de_enfermagem_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_1300-2023_-_autoriza_o_poder_executivo_a_transformar_o_cargo_de_auxiliar_de_enfermagem_em_tecnico_de_enfermagem_-_semusa.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal, a Transformar o Cargo de Auxiliar de Enfermagem em Técnico em enfermagem e dá outras providências”.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ _x000D_
 4.880,84 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_1302-2023_-_autoriza_teste_seletivo_-_psicologo_-_cras_-_semast.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_1302-2023_-_autoriza_teste_seletivo_-_psicologo_-_cras_-_semast.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Teste Seletivo Simplificado para a contratação de Psicólogo e dá outras providências”.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/799/projeto_de_lei_1303-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_60.00000_-_semusa.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/799/projeto_de_lei_1303-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_60.00000_-_semusa.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito por Reformulação Administrativa – Remanejamento no valor de R$ 60.000,00 – SEMUSA e dá outras providências”.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/800/projeto_de_lei_1304-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_recursos_proprios_-_r_80.00000_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/800/projeto_de_lei_1304-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_recursos_proprios_-_r_80.00000_-_semece.doc</t>
   </si>
   <si>
     <t>Abre Crédito por Reformulação Administrativa - Remanejamento - Merenda Escolar - Recursos Próprios - R$ 80.000,00 - SEMECE</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_lei_1305-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_022025_-_r_300.00000_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_lei_1305-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_022025_-_r_300.00000_-_gabinete.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 300.000,00 – Transferência Especial – Custeio - Gabinete e dá outras providências”.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_1306-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_015521_-_r_150.00000_-_semaf.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_1306-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_015521_-_r_150.00000_-_semaf.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 150.000,00 – Transferência Especial – Custeio - SEMAF e dá outras providências”.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_1307-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamento_p_escolas_geone_e_orlindo_-_termo_de_convenio_097seduc-pge2023_-_r_107.52232_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_1307-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamento_p_escolas_geone_e_orlindo_-_termo_de_convenio_097seduc-pge2023_-_r_107.52232_-_semece.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 107.522,32 – SEMECE e dá outras providências”.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_1308-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_no_909695-2021_dpcn_-_aquisicao_veiculo_-_r_7.63383_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_1308-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_no_909695-2021_dpcn_-_aquisicao_veiculo_-_r_7.63383_-_semusa.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro valor de R$ 7.633,83 – SEMUSA e dá outras providências”.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/805/1682343303projeto-de-lei-442254-2023-1682343303_original_imprimir.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/805/1682343303projeto-de-lei-442254-2023-1682343303_original_imprimir.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO PARA OS SERVIDORES INTEGRANTES DAS EQUIPES DE REFERÊNCIA DO SUAS</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_1310-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_veiculos_de_carga_-_convenio_plataforma__brasil_no_937261-2022_-_r_1.454.40000_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_1310-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_veiculos_de_carga_-_convenio_plataforma__brasil_no_937261-2022_-_r_1.454.40000_-_semospe.doc</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$1.454.400,00 – Convênio Plataforma + Brasil nº 937261/2022 - SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_1311-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_eq._e_mat._permanente_-_ubs_novo_paraiso_-_r_20.57000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_1311-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_eq._e_mat._permanente_-_ubs_novo_paraiso_-_r_20.57000_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 20.570,00 – Investimento – Aquisição de Equipamentos e Mat. Permanente – UBS Distrito de Novo Paraíso - SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/813/projeto-de-lei-no1312.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/813/projeto-de-lei-no1312.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 279.360,00 – Investimento – Aquisição de Unidade Móvel de Saúde - SEMUSA e dá outras providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/814/projeto-de-lei_no1313.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/814/projeto-de-lei_no1313.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Suplementar por Anulação de Dotação valor de R$ 40.000,00 – Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/821/projeto_de_lei_1314-2023_-_autoriza_o_programa_de_regularizacao_fiscal_-_refis_iptu.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/821/projeto_de_lei_1314-2023_-_autoriza_o_programa_de_regularizacao_fiscal_-_refis_iptu.doc</t>
   </si>
   <si>
     <t>Autoriza a instituição temporária do Programa de Regularização Fiscal - REFIS e dá outras providências</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/822/projeto_de_lei_1315-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_custeio_-_proposta_no_202226330005_-_r_500.00000_-_semaf.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/822/projeto_de_lei_1315-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_custeio_-_proposta_no_202226330005_-_r_500.00000_-_semaf.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional  Especial por Recurso Vinculado valor de R$ 500.000,00 – Transferência Especial – Custeio – Proposta nº 202226330005 - SEMAF e dá outras providências</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/823/projeto_de_lei_1316-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_25.00000_-_semaf_p_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/823/projeto_de_lei_1316-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_25.00000_-_semaf_p_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa – Remanejamento valor de R$ 25.000,00 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_1317-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_53.00000_-_semaf_p_semast.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_1317-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_53.00000_-_semaf_p_semast.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento valor de R$ 53.000,00 – SEMAST e dá outras providências</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_1318-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_140.00000_-_semaf_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_1318-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_140.00000_-_semaf_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento valor de R$ 140.000,00 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_1319-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_r_477.00000_-_semaf_e_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_1319-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_r_477.00000_-_semaf_e_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional  Suplementar por Superávit Financeiro valor de R$ 477.000,00 – SEMAF e Gabinete e dá outras providências</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_1320-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_191.61931_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_1320-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_191.61931_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Superávit Financeiro no valor de R$ 191.619,31 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_1321-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_18.00000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_1321-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_18.00000_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit     Financeiro no valor de R$ 18.000,00 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_1322-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_medicamentos_-_r_56700_-_semaf_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_1322-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_medicamentos_-_r_56700_-_semaf_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de    Dotação no valor de R$ 567,00–SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_1323-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamentos_ubs_sao_felipe_-_r_86.34500_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_1323-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamentos_ubs_sao_felipe_-_r_86.34500_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado no valor de R$ 86.345,00 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_1324-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_29.35608_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_1324-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_29.35608_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 	29.356,08 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_1325-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_olrindo_-_r_67.16334_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_1325-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_olrindo_-_r_67.16334_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 	67.163,34 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_1326-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_reforma_e_ampliacao_escola_olrindo_-_r_41.99292_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_1326-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_reforma_e_ampliacao_escola_olrindo_-_r_41.99292_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 41.992,92 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/837/projeto_de_lei_1327-2023_-_autoriza_desconto_iptu_2023.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/837/projeto_de_lei_1327-2023_-_autoriza_desconto_iptu_2023.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de desconto no pagamento do IPTU de 2023 e demais taxas vinculadas e dá outras providências</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_de_lei_1328-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_r_36.75986_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_de_lei_1328-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_r_36.75986_-_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 36.759,86 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_1329-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devolucao_de_saldo_-_aquisicao_caminhao_pipa_-_r_7.25868_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_1329-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devolucao_de_saldo_-_aquisicao_caminhao_pipa_-_r_7.25868_-_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de Dotação no valor de R$ 7.258,68 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_de_lei_1330-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_termo_de_convenio_no_025fitha2021_-_r_53.44205_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_de_lei_1330-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_termo_de_convenio_no_025fitha2021_-_r_53.44205_-_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 53.442,05 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_de_lei_1331-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_cessao_onerosa_pre_sal_-_r_210.98645_-_semap.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_de_lei_1331-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_cessao_onerosa_pre_sal_-_r_210.98645_-_semap.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de Dotação no valor de R$ 10.986,45 – SEMAP e dá outras providências</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_1332-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_70.21125_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_1332-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_70.21125_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por 	Reformulação Administrativa - Transposição no 	valor de R$ 70.211,25 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/844/projeto_de_lei_1333-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_45.03811_-_semap.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/844/projeto_de_lei_1333-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_45.03811_-_semap.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 45.038,11 – SEMAP e dá outras providências</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_de_lei_1334-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.31613_-_semap.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_de_lei_1334-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.31613_-_semap.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Excesso de Arrecadação no valor de 	R$ 2.316,13 – SEMAP e dá outras providências</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_de_lei_1335-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.12493_-_semap.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_de_lei_1335-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.12493_-_semap.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de Dotação no valor de R$ 2.124,93 – SEMAP e dá outras providências</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/847/projeto_de_lei_1336-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_50.00000_-_gabinete_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/847/projeto_de_lei_1336-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_50.00000_-_gabinete_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento no valor de R$ 50.000,00 – Gabinete p SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_de_lei_1337-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_investimento_-_proposta_no_202230960003_-_r_700.00000_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_de_lei_1337-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_investimento_-_proposta_no_202230960003_-_r_700.00000_-_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Especial por Recurso Vinculado no valor de R$ 700.000,00 – Transferência Especial - Gabinete e dá outras providências</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_de_lei_1338-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.001717-2023-23_-_r_300.78880_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_de_lei_1338-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.001717-2023-23_-_r_300.78880_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 		Especial por Recurso Vinculado no valor de R$ 300.788,80 – Repasse Fundo a Fundo – Aquisição de Medicamentos - SESAU - SEMUSA e dá outras providências”.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_de_lei_1339-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.002107-2023-47_-_r_101.02550_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_de_lei_1339-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.002107-2023-47_-_r_101.02550_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 		Especial por Recurso Vinculado no valor de R$ 		101.025,50 – Repasse Fundo a Fundo – Aquisição 		de Medicamentos - SESAU - SEMUSA e dá outras 		providências”.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_de_lei_1340-2023_-_autoriza_teste_seletivo_-_odontologo_-_psf_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_de_lei_1340-2023_-_autoriza_teste_seletivo_-_odontologo_-_psf_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  Municipal a realizar Teste Seletivo Simplificado para a contratação de Odontólogo e dá outras providências.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_de_lei_1341-2023_-_autoriza_a_prorrogacao_do_programa_de_regularizacao_fiscal_-_refis_iptu.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_de_lei_1341-2023_-_autoriza_a_prorrogacao_do_programa_de_regularizacao_fiscal_-_refis_iptu.doc</t>
   </si>
   <si>
     <t>Autoriza a prorrogação do Programa de Regularização Fiscal - REFIS e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/854/projeto_de_lei_1342-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_da_semaf_-_r_189.60000_-_semaf.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/854/projeto_de_lei_1342-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_da_semaf_-_r_189.60000_-_semaf.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional 	Suplementar por Superávit Financeiro no valor de R$ 189.600,00 – SEMAF e dá outras providências</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_de_lei_1343-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_91.00000_-_gabinete_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_de_lei_1343-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_91.00000_-_gabinete_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento no valor de R$ 91.000,00 – Gabinete p SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transposição no valor de R$ 21.000,00 – SEMOSPE e dá outras providências</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_de_lei_1345-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_aps_prog._apoio_informatizacao_-_r_72.37380_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_de_lei_1345-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_aps_prog._apoio_informatizacao_-_r_72.37380_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito 	Adicional Suplementar por Superávit Financeiro no valor de R$ 72.373,80 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/859/projeto_de_lei_1346-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_orlindo_-_r_13.11326_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/859/projeto_de_lei_1346-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_orlindo_-_r_13.11326_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito 	Adicional Especial por Superávit Financeiro no valor de R$ 13.113,26 – SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/860/projeto_1347.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/860/projeto_1347.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 150.000,00 – Transferência Especial – Investimento – Proposta nº 2022403330003 - SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/861/projeto_1348.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/861/projeto_1348.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 473.720,00 – Transferência Especial – Investimento – Proposta nº 202292240003 - SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_1349-2023_-_institui_a_gratificacao_especial_aos_motoristas_lotados_no_gabinete_1.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_1349-2023_-_institui_a_gratificacao_especial_aos_motoristas_lotados_no_gabinete_1.doc</t>
   </si>
   <si>
     <t>Institui a Gratificação Especial - Motorista Gabinete do Prefeito e dá outras providências</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_1350.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_1350.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no de valor de R$ 51.711,67 – Man. PAB Fixo - Aquisição Veículo – Proposta nº 1295659000/1170-01 MSSEMUSA e dá outras providências.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_1351.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_1351.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no de valor de R$ 77.952,28 – Investimento da Atenção 	Básica – Proposta nº 1295659000/1200-04 MS - 	SEMUSA e dá outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_1352.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_1352.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no de valor de R$ 61.445,98 – Investimento da Atenção 	Especializada – Proposta nº 1295659000/1200-04 MS - SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/889/projeto_de_lei_13532023_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/889/projeto_de_lei_13532023_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2024 LDO, do Município de São Felipe D´Oeste-RO e dá outras providências.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_de_lei_1354-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_19.23750_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_de_lei_1354-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_19.23750_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transposição no de valor de R$ 19.237,50 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_de_lei_1355-2023_-_abre_credito_por_reformulacao_administrativa_-_transferencia_-_r_28.52100_-_gabinete.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_de_lei_1355-2023_-_abre_credito_por_reformulacao_administrativa_-_transferencia_-_r_28.52100_-_gabinete.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transferência no de valor de R$ 28.521,00 – Gabinete e dá outras providências</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/874/projeto_de_lei_1356-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_72.00000_-_semaf.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/874/projeto_de_lei_1356-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_72.00000_-_semaf.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transposição no de valor de R$ 72.000,00 – SEMAF e dá outras providências</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/875/projeto_de_lei_1357-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_50.15500_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/875/projeto_de_lei_1357-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_50.15500_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado no de valor de R$ 50.155,00 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/876/projeto_de_lei_1358-2023_-_incorpora_ao_perimetro_urbano_a_area_doada_pelo_sr._onivaldo_trombini_-_32157_ha.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/876/projeto_de_lei_1358-2023_-_incorpora_ao_perimetro_urbano_a_area_doada_pelo_sr._onivaldo_trombini_-_32157_ha.doc</t>
   </si>
   <si>
     <t>Incorpora ao Perímetro Urbano de São Felipe d’Oeste uma área de 3.2157 ha e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_1359-2023_-_autoriza_teste_seletivo_-_medicos_especialistas_-_ubs_e_hospital_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_1359-2023_-_autoriza_teste_seletivo_-_medicos_especialistas_-_ubs_e_hospital_-_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Teste Seletivo Simplificado para a contratação de Médicos Especialistas e dá outras providências</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_1360-2023_-_autoriza_repassar_recursos_recebidos_da_uniao_-_piso_enfermagem.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_1360-2023_-_autoriza_repassar_recursos_recebidos_da_uniao_-_piso_enfermagem.doc</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação da Assistência Financeira Complementar repassada pela União Federal, visando dar cumprimento ao Disposto na Lei Federal nº 14.434 de 04 de agosto	de 2002 que instituiu o Piso Nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_1361-2023_-_dispoe_sobre_o_programa_aprende_mais_sao_felipe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_1361-2023_-_dispoe_sobre_o_programa_aprende_mais_sao_felipe.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa “Aprende  Mais São Felipe d’Oeste” e dá outras 	providências</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/883/projeto_de_lei_1362-2023_-_altera_o_artigo_4o_da_lei_municipal_1018-2022_-_programa_mais_producao_-_oleo_diesel.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/883/projeto_de_lei_1362-2023_-_altera_o_artigo_4o_da_lei_municipal_1018-2022_-_programa_mais_producao_-_oleo_diesel.doc</t>
   </si>
   <si>
     <t>Altera o Artigo 4º da Lei Municipal 1018/2022 – que Cria o Programa Mais Produção e dá outras providências</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/884/projeto_de_lei_1363-2023_-_lei_revisao__ppa_2024_2025.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/884/projeto_de_lei_1363-2023_-_lei_revisao__ppa_2024_2025.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão do  Plano Plurianual - PPA 2024-2025 para o 	município de São Felipe d’Oeste e dá outras providências</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/885/projeto_de_lei_1364-2023_-_dispoe_sobre_a_loa_2024.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/885/projeto_de_lei_1364-2023_-_dispoe_sobre_a_loa_2024.doc</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Orçamento Programa referente ao Exercício de 2024 – Lei Orçamentária Anual – LOA/2024 do Município de São Felipe D´Oeste/RO</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/886/projeto_de_lei_1365-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_conv._plat.__brasil_907086-2022_-_bloquetes_-_novo_paraiso_-_r_1.010.00000_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/886/projeto_de_lei_1365-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_conv._plat.__brasil_907086-2022_-_bloquetes_-_novo_paraiso_-_r_1.010.00000_-_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 1.010.000,00 – Convênio plataforma + Brasil nº 937086/2022 – Pavimentação em Blocos Sextavados em Vias Urbanas – Distrito de Novo Paraíso - SEMOSPE e dá outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_de_lei_1366-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_camara_municipal_-_r_46.00000_-_cmsfo.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_de_lei_1366-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_camara_municipal_-_r_46.00000_-_cmsfo.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Transposição valor de R$ 46.000,00 – Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_de_lei_1367-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manut._fms_15_-_r_50.00000_-_gabinete_p_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_de_lei_1367-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manut._fms_15_-_r_50.00000_-_gabinete_p_semusa.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito por Reformulação Administrativa - Remanejamento valor de R$ 50.000,00 – SEMUSA e dá outras providências</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_1368-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_125.40000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_1368-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_125.40000_-_semusa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Por Recursos Vinculados, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_1369-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devol._reforma_ginasio_-_r_15.54585_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_1369-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devol._reforma_ginasio_-_r_15.54585_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Anulação de Dotação no de valor de R$ 15.545,85 – Reforma Ginásio Municipal - Devolução - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_de_lei_1370-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_devol._reforma_ginasio_-_r_21.59144_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_de_lei_1370-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_devol._reforma_ginasio_-_r_21.59144_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Excesso de Arrecadação no de valor de R$ 21.591,44 – Reforma Ginásio Municipal -Devolução - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_de_lei_1371-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devol._reforma_ginasio_-_r_22.71211_-_semece.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_de_lei_1371-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devol._reforma_ginasio_-_r_22.71211_-_semece.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Superávit Financeiro no de valor de R$ 22.712,11 – Reforma Ginásio Municipal - Devolução - SEMECE e dá outras providências</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_1372.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_1372.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre REFORMULAÇÃO ADMINISTRATIVA ao Orçamento vigente por meio de TRANSPOSIÇÃO, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_no_1373.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_no_1373.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre REFORMULAÇÃO ADMINISTRATIVA ao Orçamento vigente por meio de REMANEJAMENTO, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_1374.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_1374.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, Por Recursos Vinculados ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_1375.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_1375.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, Por Anulação de Dotação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/905/projeto_de_lei_no_1376.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/905/projeto_de_lei_no_1376.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, Por Recurso Vinculado ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_1377.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_1377.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, por Recursos Vinculados, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_lei_no_1378.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_lei_no_1378.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, Por Anulação de Dotação, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_lei_no_1379.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_lei_no_1379.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Sistema de Contratação de Médicos Clínico Geral e Médicos Especialistas de forma complementar, no âmbito das Unidades de Atenção Básica e Hospital Municipal Atalibal Victor Filho, mediante credenciamento por chamamento público e dá outras providências.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/911/projeto_de_lei_no_1380.2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/911/projeto_de_lei_no_1380.2023.docx</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL, Por Recursos Vinculados, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_lei_no_1381.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_lei_no_1381.2023.pdf</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_lei_no_1382.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_lei_no_1382.2023.pdf</t>
   </si>
   <si>
     <t>"Cria a Diária de Ajuda de Custo aos pacientes e acompanhantes atendidos pela hemodiálise e tratamento oncológico fora do município de São Felipe d’Oeste e dá outras providências”</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_lei_no_1383.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_lei_no_1383.2023.pdf</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_lei_1384-2023_-_abre_credito_adicional_especial_por_recursos_vinculados_-_assist._finan._da_uniao_-_complem._piso_dos_prof._enferm._-_r_34.03991_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_lei_1384-2023_-_abre_credito_adicional_especial_por_recursos_vinculados_-_assist._finan._da_uniao_-_complem._piso_dos_prof._enferm._-_r_34.03991_-_semusa.doc</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_lei_no_1385.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_lei_no_1385.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Por Superávit Financeiro, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_lei_1386-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_100.00000_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_lei_1386-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_100.00000_-_semusa.doc</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_lei_1387-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_4.96800_-_semusa.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_lei_1387-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_4.96800_-_semusa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Por Anulação,  ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/921/projeto_de_lei_no_1388.2023_dispoe_sobre_reformulacao_administrativa_ao_orcamento_vigente_por_meio_de_transposicao_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/921/projeto_de_lei_no_1388.2023_dispoe_sobre_reformulacao_administrativa_ao_orcamento_vigente_por_meio_de_transposicao_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>Marcicrenio da Silva Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/924/projeto_de_lei_no_1389.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/924/projeto_de_lei_no_1389.2023.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO - CONV. 265SEAGRI-PGE2023 - AQUIS. TRATOR AGRÍCOLA - R$ 448.000,00 – SEMAP</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_1390.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_1390.2023.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO - CONTRAPARTIDA CONV. 265SEAGRI-PGE2023 - AQUIS. TRATOR AGRÍCOLA - R$ 500,00 – SEMAP</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/926/projeto_de_lei_1391-2023_-_dispoe_sobre_reformulacao_administrativa_-_transposicao_-_r_218.00000_-_semaf_e_semece.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/926/projeto_de_lei_1391-2023_-_dispoe_sobre_reformulacao_administrativa_-_transposicao_-_r_218.00000_-_semaf_e_semece.pdf</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_1392-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_man._farmacia_basica_-_fb_sus_-_r_6.09636_-_semusa.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_1392-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_man._farmacia_basica_-_fb_sus_-_r_6.09636_-_semusa.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO - MAN. FARMÁCIA BÁSICA - FB SUS - R$ 6.096,36 – SEMUSA</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_lei_1393-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incent._finan._aps_-_port._gm-ms_377-2022_pos_covid_-_r_29.08800_-_semusa.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_lei_1393-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incent._finan._aps_-_port._gm-ms_377-2022_pos_covid_-_r_29.08800_-_semusa.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO - INCENT. FINAN. APS - PORT. GM-MS 377-2022 PÓS COVID - R$ 29.088,00 – SEMUSA</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no._1394.2023_de_22_de_novembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no._1394.2023_de_22_de_novembro_de_2023..pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO - CONSTRUÇÃO PRAÇA MUNICIPAL - CONVÊNIO PLAT. + BRASIL Nº 937088-2022 - R$ 2.002.010,00 – SEMOSPE</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no._1395.2023_de_22_de_novembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no._1395.2023_de_22_de_novembro_de_2023..pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO - INCR. TEMP. AO CUSTEIO DA ATENÇÃO BÁSICA - R$100.000,00 - SEMUSA</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_1396.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_1396.2023.pdf</t>
   </si>
   <si>
     <t>´Implementa o procedimento de Escuta Especializada de crianças e adolescentes vítimas ou testemunhas de violência, cria o Núcleo Municipal de_x000D_
 Escuta Especializada vinculado à Divisão da Rede de Proteção, bem como normatiza e organiza o sistema municipal de garantia de direitos da criança e do adolescente vítima ou testemunha de violência, assim como estabelece mecanismos para prevenir e coibir a violência destes e dá outras providências</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_1397.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_1397.2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 1201/2023 e cria a compensação de valores para os cargos de auxiliar de enfermagem.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no._1398.2023_de_04_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no._1398.2023_de_04_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Municipal nº 285/2007 e Revoga a Lei Municipal nº 666/2017 da Prefeitura do Município de São Felipe D´Oeste/RO, e dá _x000D_
 outras providências</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_lei_no._1399.2023_de_04_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_lei_no._1399.2023_de_04_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a Transformar o Cargo de Agente Municipal de Saúde em Técnico em enfermagem e dá outras providências</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no._1400.2023_de_04_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no._1400.2023_de_04_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Cria a Diária de Ajuda de Custo aos motoristas de ambulâncias, técnicos de enfermagem, enfermeiros e médicos em deslocamento sem hospedagem em Porto Velho e dá outras providências</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_no._1401.2023_de_04_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_no._1401.2023_de_04_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 601/2015 que criou a Diária de Ajuda de Custo para o Prefeito Municipal, Vice-Prefeito, Secretários Municipais e demais servidores públicos subordinados ao Poder Executivo e dá outras providências</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_no_1402.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_no_1402.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL Por Recursos Vinculados, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/939/projeto_de_lei_no_1403.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/939/projeto_de_lei_no_1403.2023.pdf</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/940/projeto_de_lei_no_1404.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/940/projeto_de_lei_no_1404.2023.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/941/projeto_de_lei_no_1405.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/941/projeto_de_lei_no_1405.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL por Superávit Financeiro, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_1406.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_1406.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Por Excesso de Arrecadação, ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no._1407.2023_de_06_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no._1407.2023_de_06_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a atualizar os valores relativos às Taxas Administrativas no município de São Felipe d’Oeste e dá outras providências”.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_lei_no._1408.2023_de_07_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_lei_no._1408.2023_de_07_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 3.010.000,00 – Transferência Especial – Investimento – Revitalização de Pavimentação Asfáltica em CBUQ - Proposta nº 202330960001 – Prog. Nº 09032023 SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_no._1409.2023_de_07_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_no._1409.2023_de_07_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 250.000,00 – Transferência Especial – Investimento – Proposta nº 202330960001 – Prog. Nº 09032023 SEMAP e dá outras providências.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/950/projeto_de_lei_no._1410.2023_de_06_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/950/projeto_de_lei_no._1410.2023_de_06_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Altera a estrutura administrativa da Procuradoria-Geral do Município de São Felipe D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>Institui a Gratificação Especial - Motoristas vinculados ao Conselho Tutelar dá outras providências”.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_1412.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_1412.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL Excesso de Arrecadação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_1413.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_1413.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL Superávit Financeiro ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_no_1414.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_no_1414.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Por Anulação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_1415.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_1415.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL ESPECIAL Excesso de Arrecadação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_1416.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_1416.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL Excesso de Arrecadação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/958/projeto_de_lei_no_1417.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/958/projeto_de_lei_no_1417.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL Anulação de Dotação ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_1418.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_1418.2023.pdf</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_1419.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_1419.2023.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_1420.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_1420.2023.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/962/projeto_de_lei_no_1421.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/962/projeto_de_lei_no_1421.2023.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/963/projeto_de_lei_no_1422.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/963/projeto_de_lei_no_1422.2023.pdf</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_no_1423.2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_no_1423.2023.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_1424-2023_-_abre_credito_adicional_especial_por_rec._vinc._-_transf._esp._-_inv._-_prop._no_202330960001_-_complemento_rev._pav._asf._r_512.04520_-_semospe.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_1424-2023_-_abre_credito_adicional_especial_por_rec._vinc._-_transf._esp._-_inv._-_prop._no_202330960001_-_complemento_rev._pav._asf._r_512.04520_-_semospe.doc</t>
   </si>
   <si>
     <t>Autoriza a Abrir Crédito Adicional Especial por Recurso Vinculado valor de R$ 512.045,20 – Transferência Especial – Investimento – Revitalização de Pavimentação Asfáltica em CBUQ - Proposta nº 202330960001 – Prog. Nº 09032023 SEMOSPE e dá outras providências”.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_resolucao_002_-_readequacao_salarial.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_resolucao_002_-_readequacao_salarial.docx</t>
   </si>
   <si>
     <t>Altera os anexos da RESOLUÇÃO 004/2021 DE 14 de maio de 2021 e autoriza a readequação salarial dos cargos efetivos do quadro de servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/768/resolucao_03-2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/768/resolucao_03-2023.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias a Vereadores e Servidores em viagem de interesse do Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/819/resolucao_no_004.2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/819/resolucao_no_004.2023.docx</t>
   </si>
   <si>
     <t>ESTABELECE A ESTRUTURA ADMINISTRATIVA E ORGANIZACIONAL DA CÂMARA MUNICIPAL DE SÃO FELIPE D’OESTE, NO QUE TANGE AOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO E FUNÇÕES GRATIFICADAS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/880/revoga_artigo_3o_da_resolucao_5.2020.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/880/revoga_artigo_3o_da_resolucao_5.2020.docx</t>
   </si>
   <si>
     <t>Revoga o Artigo 3º da Resolução 05/2020.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_resolucao_006_2023_fixa_subsidios_dos_vereadores_e_prefeito.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_resolucao_006_2023_fixa_subsidios_dos_vereadores_e_prefeito.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL, PREFEITO, VICE-PREFEITO E SECRETÁRIO DE SÃO FELIPE D’OESTE PARA A 8ª LEGISLATURA (2025-2028).</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_resolucao_nova_lei_de_licitacoes.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_resolucao_nova_lei_de_licitacoes.docx</t>
   </si>
   <si>
     <t>REGULAMENTA A APLICAÇÃO DA LEI N. 14.133, DE 1º DE ABRIL DE 2021 - NOVA LEI DE LICITAÇÕES E CONTRATOS (NLLC) - NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/756/requerimento_001_2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/756/requerimento_001_2023.docx</t>
   </si>
   <si>
     <t>Solicita processo do leilão e relatório das medidas tomadas com relação ao trator.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>Deivid Ronier Pauli</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento_002_2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento_002_2023.docx</t>
   </si>
   <si>
     <t>Processo de Tomada de Preço 001/2022.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/891/requerimento_003_2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/891/requerimento_003_2023.docx</t>
   </si>
   <si>
     <t>Solicito copia de documentos Secretaria municipal de agricultura.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/892/requerimento_004_2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/892/requerimento_004_2023.docx</t>
   </si>
   <si>
     <t>Solicito copia de documentos Secretaria municipal de Obras.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/920/requerimento_006_2023_roni.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/920/requerimento_006_2023_roni.docx</t>
   </si>
   <si>
     <t>requerer da prefeitura municipal junto a secretaria de saúde a documentação do processo de registro de preço da contratação de empresa especializada na realização de exames complementares básicos de imagem.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/946/veto_ao_projeto_de_lei_no_1397-2023_-_revogou_a_lei_1201-2023.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/946/veto_ao_projeto_de_lei_no_1397-2023_-_revogou_a_lei_1201-2023.doc</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI Nº 1397/2023</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/755/decreto_001_-_contas_2021._sidney_borges_de_oliveira.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/755/decreto_001_-_contas_2021._sidney_borges_de_oliveira.doc</t>
   </si>
   <si>
     <t>Aprova as contas do prefeito do município de São Felipe D’Oeste referente ao exercício financeiro de 2021</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/951/decreto_003_-_contas_2022._sidney_borges_de_oliveira_-.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/951/decreto_003_-_contas_2022._sidney_borges_de_oliveira_-.doc</t>
   </si>
   <si>
     <t>Aprova as contas do prefeito do município de São Felipe D’Oeste referente ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/745/ata_da_primeira_extraordinaria_16_01_2023.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/745/ata_da_primeira_extraordinaria_16_01_2023.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO EXTRAORDINÁRIA DA TERCEIRA SESSÃO LEGISLATIVA . . .</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/966/ata-4-extraordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/966/ata-4-extraordinaria.pdf</t>
   </si>
   <si>
     <t>QUARTA REUNIAO EXTRAORDINARIA.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/746/ata_da_1_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/746/ata_da_1_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO ORDINÁRIA DA TERCEIRA SESSÃO LEGISLATIVA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/769/ata_da_2_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/769/ata_da_2_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA REUNIÃO ORDINÁRIA  . . . DA TERCEIRA SESSÃO LEGISLATIVA DA SÉTIMA LEGISLATURA.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/770/ata_da_3_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/770/ata_da_3_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DA TERCEIRA SESSÃO LEGISLATIVA DA SÉTIMA LEGISLATURA.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/775/ata_da_4_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/775/ata_da_4_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA REUNIÃO ORDINARIA.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/776/ata_da_5_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/776/ata_da_5_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUINTA REUNIAO ORDINARIA</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/783/ata_da_6_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/783/ata_da_6_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA REUNIÃO ORDINÁRIA . . .</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/784/ata_da_7_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/784/ata_da_7_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 7ª REUNIÃO</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/785/ata_da_8_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/785/ata_da_8_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA OITAVA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/791/ata_da_9_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/791/ata_da_9_ordinaria.pdf</t>
   </si>
   <si>
     <t>ata da 9ª reunião ordinaria</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/792/ata_da_10_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/792/ata_da_10_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA REUNIÃO ORDINÁRIA . . .</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/797/ata_da_11_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/797/ata_da_11_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Décima Primeira reunião Ordinária . . .</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/808/ata_da_12_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/808/ata_da_12_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da 12ª reunião ordinária</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/809/ata_da_13_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/809/ata_da_13_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA TERCEIRA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/810/ordem_do_dia_-14a_ordinaria_-__08.05._2023.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/810/ordem_do_dia_-14a_ordinaria_-__08.05._2023.docx</t>
   </si>
   <si>
     <t>ATA DA DECIMA QUARTA REUNÃO ORDINARIA.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/815/ata_da_15_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/815/ata_da_15_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 15º REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/816/ata_da_16_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/816/ata_da_16_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 16º REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/818/ata_da_17_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/818/ata_da_17_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SÉTIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DA TERCEIRA SESSÃO LEGISLATIVA DA SÉTIMA LEGISLATURA DA CÂMARA MUNICIPAL DE SÃO FELIPE D'OESTE-RO</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/820/ata_da_18_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/820/ata_da_18_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA OITAVA REUNIÃO ORDINÁRIA DA TERCEIRA SESSÃO LEGISLATIVA DA SÉTIMA LEGISLATURA. . .</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/828/ata_da_19_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/828/ata_da_19_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DECIMA NOVA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/829/ata_da_20_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/829/ata_da_20_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da 20º reunião ordinaria</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/832/ata_da_21_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/832/ata_da_21_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Primeira Reunião Ordinária</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/843/ata_da_22_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/843/ata_da_22_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEGUNDA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/849/ata_da_23_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/849/ata_da_23_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA TERCEIRA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/858/ata_da_24_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/858/ata_da_24_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA QUARTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/862/ata_da_25_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/862/ata_da_25_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA QUINTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/868/ata_da_26_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/868/ata_da_26_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA SEXTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/869/ata_da_27_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/869/ata_da_27_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA SETIMA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/871/ata_da_28_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/871/ata_da_28_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA OITAVA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/877/ata_da_29_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/877/ata_da_29_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA NONA REUNIAO ORDINARIA</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/878/ata_da_30_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/878/ata_da_30_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESSIMA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/890/ata_da_31_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/890/ata_da_31_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Trigésima Primeira Reunião Ordinária</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/894/ata_da_32_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/894/ata_da_32_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA SEGUNDA REUNIAO</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/895/ata_da_33_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/895/ata_da_33_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA TERCEIRA REUNIÃO</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/900/ata_da_34_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/900/ata_da_34_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA QUARTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/906/ata_da_35_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/906/ata_da_35_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA QUINTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/907/ata_da_36_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/907/ata_da_36_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA SEXTA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/913/ata_da_37_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/913/ata_da_37_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA SETIMA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/922/ata_da_38_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/922/ata_da_38_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA OITAVA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/923/ata_da_39_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/923/ata_da_39_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGESIMA NONA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/933/ata_da_40_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/933/ata_da_40_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGESIMA REUNIAO ORDINARIA</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/948/ata_da_41_ordinaria.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/948/ata_da_41_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGESIMA PRIMEIRA REUNIÃO ORDINARIA</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>COMISSÕES</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/744/formacao_das_comissoes_permanente.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/744/formacao_das_comissoes_permanente.docx</t>
   </si>
   <si>
     <t>Formação das Comissões Permanente_x000D_
 Justiça e Redaçao_x000D_
 Credivaldo Domiciano Braga – Presidente_x000D_
 José Roberto Xavier Silva  – Vice- Presidente_x000D_
 Anderson Rodrigues Telles  – Membro_x000D_
 _x000D_
 Finanças e Orçamento_x000D_
 Paulo Henrique Ferrari – Presidente_x000D_
 Deivid Ronier Pauli  – Vice- Presidente_x000D_
 Cleiton Borges de Oliveira  – Membro_x000D_
 _x000D_
 EDUCAÇÃO, SAÚDE E ASSISTENCIA SOCIAL_x000D_
 Deivid Ronier Pauli – Presidente_x000D_
 Anderson Rodrigues Telles  – Vice- Presidente_x000D_
 Daniel Luciano – Membro_x000D_
 _x000D_
 Obras, Serviços Públicos, Agroindústria, Comércio e Turismo_x000D_
 _x000D_
 Leiza Maria Soares – Presidente_x000D_
 José Roberto Xavier Silva – Vice- Presidente_x000D_
 Credivaldo Domiciano Braga – Membro</t>
   </si>
 </sst>
@@ -3160,51 +3160,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/893/emenda_modificativa.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_002_2023_-_creche.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/779/indicacao_003_2022_-__capela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/867/05.2023_indicacao_-_placa_e_sinalizacao_-_paulo_e_credivaldo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/812/projeto-de-lei-no1311.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/872/projeto_de_lei_alteracao_ubs_novo_paraiso.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/734/projeto_de_lei_1257-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_medicamentos_hospitalares_-_r_200.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/735/projeto_de_lei_1258-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_veiculo_pick_up_-_r_200.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/736/projeto_de_lei_1259-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_retroescavadeira_-_convenio_no_265-2022pj-der-ro_-_r_509.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_1260-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_pavimentacao_de_estradas_vicinais_-_contrato_de_repasse_no_909252-mdr-caixa_-_r_979.26952_-_semospe.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_1261-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_674.90300_-_semospe.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/739/projeto_de_lei_1262-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_3.47596_-_semospe.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/740/projeto_de_lei_1263-2023_-_abre_credito_adicional_especial_por__superavit_financeiro_-_fundeb_estadual_-_r_34.70000_-_semece.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/741/projeto_de_lei_1264-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_236.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/742/projeto_de_lei_1265-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_413.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/743/projeto_de_lei_1266-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_complemento_da_reforma_do_ginasio_municipal_-_r_210.98645_-_semece.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/747/projeto_de_lei_1267-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_da_escola_geone_silva_ferreira_-_r_1.740.36306_-_semece.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_1268-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_pnate_-_r_35.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/749/projeto_de_lei_1269-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_conselho_tutelar_-_r_10.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/750/projeto_de_lei_1270-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_custeio_e_incremento_da_atencao_basica_-_r_128.94753_-_semusa.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_1271-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_programa_ir_e_vir_-_restituicao_2022_-_r_28.47888_-_semece.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_1272-2023_-_autoriza_a_realizacao_de_teste_seletivo_simplificado_para_contratacao_de_medico_clinico_geral_-_enfermeiro_padrao_e_tec._enfermagem.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_1273-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_implantacao_de_calhas_na_creche_municipal_-_r_80.09143_-_semece.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_1274-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incremento_ab_primaria_-_fns_-_proposta_36000463938202200_-_r_75.49050_-_semusa.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/758/projeto_de_lei_1275-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_funfo_a_fundo_-_aquisicao_veiculo_pik_up_-_r_14.35970_-_semusa.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/759/projeto_de_lei_1276-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_206-2022_-_fitha_-_recuperacao_estradas_vicinais_-_r_10.92836_-_semospe.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_1277-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_038-2022_-_aquisicao_retroescavadeira_-_r_23.83326_-_semospe.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/761/projeto-de-lei-_1278_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/762/projeto-de-lei-1279_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/763/projeto-de-lei-1280_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/764/projeto-de-lei-1281_2023_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_1282-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_mamae_cheguei_e_auxilio_brasil_-_r_15.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_1283-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_co-financiamento_estadual_-_r_43.23591_-_semusa.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_1284-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_r_60.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_1285-2023_-_autoriza_o_desdobro_de_imovel_urbano.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_1286-2023_-_altera_a_lei_1028-2022_e_cria_os_cargos_de_diretor_e_vice-diretor_da_creche_municipal.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_1287-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_atividades_do_gabinete_-_r_43.00000_-_semaf_p_gabinete.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_1288-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_fms_15_-_r_80.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_1289-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_repasse_aos_academicos_-_r_67.50000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_1291-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_iluminacao_publica_-_r_93.24866_-_semospe_1.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_1292-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_bloco_de_protecao_social_-_pbf_-_paif_-_r_30.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_1293-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_piso_social_especial_-_pse_estadual_-_r_20.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_lei_1294-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_manutencao_do_conselho_tutelar_-_r_8.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_lei_1295-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_despesas_fundeb_30_-_r_106.80800_-_semece.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_1297-2023_-_altera_a_lei_301-2007_-_atribuicoes_do_cargo_de_fiscal_1.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/794/projeto_de_lei_no._1298.2023_de_14_de_abril_de_2023._autoriza_a_abrir_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/795/projeto_de_lei_no._1299.2023_de_14_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_1300-2023_-_autoriza_o_poder_executivo_a_transformar_o_cargo_de_auxiliar_de_enfermagem_em_tecnico_de_enfermagem_-_semusa.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_1302-2023_-_autoriza_teste_seletivo_-_psicologo_-_cras_-_semast.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/799/projeto_de_lei_1303-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_60.00000_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/800/projeto_de_lei_1304-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_recursos_proprios_-_r_80.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_lei_1305-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_022025_-_r_300.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_1306-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_015521_-_r_150.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_1307-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamento_p_escolas_geone_e_orlindo_-_termo_de_convenio_097seduc-pge2023_-_r_107.52232_-_semece.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_1308-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_no_909695-2021_dpcn_-_aquisicao_veiculo_-_r_7.63383_-_semusa.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/805/1682343303projeto-de-lei-442254-2023-1682343303_original_imprimir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_1310-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_veiculos_de_carga_-_convenio_plataforma__brasil_no_937261-2022_-_r_1.454.40000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_1311-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_eq._e_mat._permanente_-_ubs_novo_paraiso_-_r_20.57000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/813/projeto-de-lei-no1312.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/814/projeto-de-lei_no1313.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/821/projeto_de_lei_1314-2023_-_autoriza_o_programa_de_regularizacao_fiscal_-_refis_iptu.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/822/projeto_de_lei_1315-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_custeio_-_proposta_no_202226330005_-_r_500.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/823/projeto_de_lei_1316-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_25.00000_-_semaf_p_semospe.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_1317-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_53.00000_-_semaf_p_semast.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_1318-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_140.00000_-_semaf_p_semusa.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_1319-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_r_477.00000_-_semaf_e_gabinete.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_1320-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_191.61931_-_semusa.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_1321-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_18.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_1322-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_medicamentos_-_r_56700_-_semaf_p_semusa.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_1323-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamentos_ubs_sao_felipe_-_r_86.34500_-_semusa.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_1324-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_29.35608_-_semusa.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_1325-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_olrindo_-_r_67.16334_-_semece.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_1326-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_reforma_e_ampliacao_escola_olrindo_-_r_41.99292_-_semece.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/837/projeto_de_lei_1327-2023_-_autoriza_desconto_iptu_2023.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_de_lei_1328-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_r_36.75986_-_semospe.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_1329-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devolucao_de_saldo_-_aquisicao_caminhao_pipa_-_r_7.25868_-_semospe.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_de_lei_1330-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_termo_de_convenio_no_025fitha2021_-_r_53.44205_-_semospe.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_de_lei_1331-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_cessao_onerosa_pre_sal_-_r_210.98645_-_semap.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_1332-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_70.21125_-_semece.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/844/projeto_de_lei_1333-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_45.03811_-_semap.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_de_lei_1334-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.31613_-_semap.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_de_lei_1335-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.12493_-_semap.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/847/projeto_de_lei_1336-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_50.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_de_lei_1337-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_investimento_-_proposta_no_202230960003_-_r_700.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_de_lei_1338-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.001717-2023-23_-_r_300.78880_-_semusa.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_de_lei_1339-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.002107-2023-47_-_r_101.02550_-_semusa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_de_lei_1340-2023_-_autoriza_teste_seletivo_-_odontologo_-_psf_-_semusa.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_de_lei_1341-2023_-_autoriza_a_prorrogacao_do_programa_de_regularizacao_fiscal_-_refis_iptu.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/854/projeto_de_lei_1342-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_da_semaf_-_r_189.60000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_de_lei_1343-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_91.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_de_lei_1345-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_aps_prog._apoio_informatizacao_-_r_72.37380_-_semusa.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/859/projeto_de_lei_1346-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_orlindo_-_r_13.11326_-_semece.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/860/projeto_1347.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/861/projeto_1348.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_1349-2023_-_institui_a_gratificacao_especial_aos_motoristas_lotados_no_gabinete_1.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_1350.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_1351.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_1352.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/889/projeto_de_lei_13532023_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_de_lei_1354-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_19.23750_-_semusa.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_de_lei_1355-2023_-_abre_credito_por_reformulacao_administrativa_-_transferencia_-_r_28.52100_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/874/projeto_de_lei_1356-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_72.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/875/projeto_de_lei_1357-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_50.15500_-_semusa.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/876/projeto_de_lei_1358-2023_-_incorpora_ao_perimetro_urbano_a_area_doada_pelo_sr._onivaldo_trombini_-_32157_ha.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_1359-2023_-_autoriza_teste_seletivo_-_medicos_especialistas_-_ubs_e_hospital_-_semusa.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_1360-2023_-_autoriza_repassar_recursos_recebidos_da_uniao_-_piso_enfermagem.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_1361-2023_-_dispoe_sobre_o_programa_aprende_mais_sao_felipe.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/883/projeto_de_lei_1362-2023_-_altera_o_artigo_4o_da_lei_municipal_1018-2022_-_programa_mais_producao_-_oleo_diesel.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/884/projeto_de_lei_1363-2023_-_lei_revisao__ppa_2024_2025.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/885/projeto_de_lei_1364-2023_-_dispoe_sobre_a_loa_2024.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/886/projeto_de_lei_1365-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_conv._plat.__brasil_907086-2022_-_bloquetes_-_novo_paraiso_-_r_1.010.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_de_lei_1366-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_camara_municipal_-_r_46.00000_-_cmsfo.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_de_lei_1367-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manut._fms_15_-_r_50.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_1368-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_125.40000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_1369-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devol._reforma_ginasio_-_r_15.54585_-_semece.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_de_lei_1370-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_devol._reforma_ginasio_-_r_21.59144_-_semece.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_de_lei_1371-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devol._reforma_ginasio_-_r_22.71211_-_semece.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_1372.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_no_1373.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_1374.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_1375.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/905/projeto_de_lei_no_1376.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_1377.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_lei_no_1378.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_lei_no_1379.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/911/projeto_de_lei_no_1380.2023.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_lei_no_1381.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_lei_no_1382.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_lei_no_1383.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_lei_1384-2023_-_abre_credito_adicional_especial_por_recursos_vinculados_-_assist._finan._da_uniao_-_complem._piso_dos_prof._enferm._-_r_34.03991_-_semusa.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_lei_no_1385.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_lei_1386-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_100.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_lei_1387-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_4.96800_-_semusa.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/921/projeto_de_lei_no_1388.2023_dispoe_sobre_reformulacao_administrativa_ao_orcamento_vigente_por_meio_de_transposicao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/924/projeto_de_lei_no_1389.2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_1390.2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/926/projeto_de_lei_1391-2023_-_dispoe_sobre_reformulacao_administrativa_-_transposicao_-_r_218.00000_-_semaf_e_semece.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_1392-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_man._farmacia_basica_-_fb_sus_-_r_6.09636_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_lei_1393-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incent._finan._aps_-_port._gm-ms_377-2022_pos_covid_-_r_29.08800_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no._1394.2023_de_22_de_novembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no._1395.2023_de_22_de_novembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_1396.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_1397.2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no._1398.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_lei_no._1399.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no._1400.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_no._1401.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_no_1402.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/939/projeto_de_lei_no_1403.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/940/projeto_de_lei_no_1404.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/941/projeto_de_lei_no_1405.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_1406.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no._1407.2023_de_06_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_lei_no._1408.2023_de_07_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_no._1409.2023_de_07_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/950/projeto_de_lei_no._1410.2023_de_06_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_1412.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_1413.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_no_1414.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_1415.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_1416.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/958/projeto_de_lei_no_1417.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_1418.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_1419.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_1420.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/962/projeto_de_lei_no_1421.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/963/projeto_de_lei_no_1422.2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_no_1423.2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_1424-2023_-_abre_credito_adicional_especial_por_rec._vinc._-_transf._esp._-_inv._-_prop._no_202330960001_-_complemento_rev._pav._asf._r_512.04520_-_semospe.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_resolucao_002_-_readequacao_salarial.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/768/resolucao_03-2023.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/819/resolucao_no_004.2023.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/880/revoga_artigo_3o_da_resolucao_5.2020.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_resolucao_006_2023_fixa_subsidios_dos_vereadores_e_prefeito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_resolucao_nova_lei_de_licitacoes.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/756/requerimento_001_2023.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento_002_2023.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/891/requerimento_003_2023.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/892/requerimento_004_2023.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/920/requerimento_006_2023_roni.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/946/veto_ao_projeto_de_lei_no_1397-2023_-_revogou_a_lei_1201-2023.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/755/decreto_001_-_contas_2021._sidney_borges_de_oliveira.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/951/decreto_003_-_contas_2022._sidney_borges_de_oliveira_-.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/745/ata_da_primeira_extraordinaria_16_01_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/966/ata-4-extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/746/ata_da_1_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/769/ata_da_2_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/770/ata_da_3_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/775/ata_da_4_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/776/ata_da_5_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/783/ata_da_6_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/784/ata_da_7_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/785/ata_da_8_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/791/ata_da_9_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/792/ata_da_10_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/797/ata_da_11_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/808/ata_da_12_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/809/ata_da_13_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/810/ordem_do_dia_-14a_ordinaria_-__08.05._2023.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/815/ata_da_15_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/816/ata_da_16_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/818/ata_da_17_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/820/ata_da_18_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/828/ata_da_19_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/829/ata_da_20_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/832/ata_da_21_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/843/ata_da_22_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/849/ata_da_23_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/858/ata_da_24_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/862/ata_da_25_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/868/ata_da_26_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/869/ata_da_27_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/871/ata_da_28_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/877/ata_da_29_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/878/ata_da_30_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/890/ata_da_31_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/894/ata_da_32_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/895/ata_da_33_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/900/ata_da_34_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/906/ata_da_35_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/907/ata_da_36_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/913/ata_da_37_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/922/ata_da_38_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/923/ata_da_39_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/933/ata_da_40_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/948/ata_da_41_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/744/formacao_das_comissoes_permanente.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/893/emenda_modificativa.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_002_2023_-_creche.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/779/indicacao_003_2022_-__capela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/867/05.2023_indicacao_-_placa_e_sinalizacao_-_paulo_e_credivaldo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/812/projeto-de-lei-no1311.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/872/projeto_de_lei_alteracao_ubs_novo_paraiso.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/734/projeto_de_lei_1257-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_medicamentos_hospitalares_-_r_200.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/735/projeto_de_lei_1258-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_veiculo_pick_up_-_r_200.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/736/projeto_de_lei_1259-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_de_retroescavadeira_-_convenio_no_265-2022pj-der-ro_-_r_509.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_1260-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_pavimentacao_de_estradas_vicinais_-_contrato_de_repasse_no_909252-mdr-caixa_-_r_979.26952_-_semospe.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_1261-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_674.90300_-_semospe.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/739/projeto_de_lei_1262-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_pavimentacao_de_vias_urbanas_-_contrato_de_repasse_no_906004-mdr-caixa_-_r_3.47596_-_semospe.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/740/projeto_de_lei_1263-2023_-_abre_credito_adicional_especial_por__superavit_financeiro_-_fundeb_estadual_-_r_34.70000_-_semece.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/741/projeto_de_lei_1264-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_236.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/742/projeto_de_lei_1265-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_convenio_no_237-2022-pj-der_-_r_413.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/743/projeto_de_lei_1266-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_complemento_da_reforma_do_ginasio_municipal_-_r_210.98645_-_semece.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/747/projeto_de_lei_1267-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_da_escola_geone_silva_ferreira_-_r_1.740.36306_-_semece.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_1268-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_pnate_-_r_35.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/749/projeto_de_lei_1269-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_do_conselho_tutelar_-_r_10.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/750/projeto_de_lei_1270-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_custeio_e_incremento_da_atencao_basica_-_r_128.94753_-_semusa.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_1271-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_programa_ir_e_vir_-_restituicao_2022_-_r_28.47888_-_semece.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_1272-2023_-_autoriza_a_realizacao_de_teste_seletivo_simplificado_para_contratacao_de_medico_clinico_geral_-_enfermeiro_padrao_e_tec._enfermagem.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_1273-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_implantacao_de_calhas_na_creche_municipal_-_r_80.09143_-_semece.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_1274-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incremento_ab_primaria_-_fns_-_proposta_36000463938202200_-_r_75.49050_-_semusa.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/758/projeto_de_lei_1275-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_funfo_a_fundo_-_aquisicao_veiculo_pik_up_-_r_14.35970_-_semusa.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/759/projeto_de_lei_1276-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_206-2022_-_fitha_-_recuperacao_estradas_vicinais_-_r_10.92836_-_semospe.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_1277-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_038-2022_-_aquisicao_retroescavadeira_-_r_23.83326_-_semospe.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/761/projeto-de-lei-_1278_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/762/projeto-de-lei-1279_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/763/projeto-de-lei-1280_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/764/projeto-de-lei-1281_2023_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_1282-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_mamae_cheguei_e_auxilio_brasil_-_r_15.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_1283-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_co-financiamento_estadual_-_r_43.23591_-_semusa.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_1284-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_r_60.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_1285-2023_-_autoriza_o_desdobro_de_imovel_urbano.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_1286-2023_-_altera_a_lei_1028-2022_e_cria_os_cargos_de_diretor_e_vice-diretor_da_creche_municipal.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_1287-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_atividades_do_gabinete_-_r_43.00000_-_semaf_p_gabinete.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_1288-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_fms_15_-_r_80.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_1289-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_repasse_aos_academicos_-_r_67.50000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_1291-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_iluminacao_publica_-_r_93.24866_-_semospe_1.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_1292-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_bloco_de_protecao_social_-_pbf_-_paif_-_r_30.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_1293-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_programa_piso_social_especial_-_pse_estadual_-_r_20.00000_-_semast.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_lei_1294-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_manutencao_do_conselho_tutelar_-_r_8.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_lei_1295-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_despesas_fundeb_30_-_r_106.80800_-_semece.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_1297-2023_-_altera_a_lei_301-2007_-_atribuicoes_do_cargo_de_fiscal_1.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/794/projeto_de_lei_no._1298.2023_de_14_de_abril_de_2023._autoriza_a_abrir_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/795/projeto_de_lei_no._1299.2023_de_14_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_1300-2023_-_autoriza_o_poder_executivo_a_transformar_o_cargo_de_auxiliar_de_enfermagem_em_tecnico_de_enfermagem_-_semusa.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_1302-2023_-_autoriza_teste_seletivo_-_psicologo_-_cras_-_semast.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/799/projeto_de_lei_1303-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_60.00000_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/800/projeto_de_lei_1304-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_merenda_escolar_-_recursos_proprios_-_r_80.00000_-_semece.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_lei_1305-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_022025_-_r_300.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_1306-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_plano_de_acao_no_015521_-_r_150.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_1307-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamento_p_escolas_geone_e_orlindo_-_termo_de_convenio_097seduc-pge2023_-_r_107.52232_-_semece.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_1308-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devolucao_saldo_convenio_no_909695-2021_dpcn_-_aquisicao_veiculo_-_r_7.63383_-_semusa.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/805/1682343303projeto-de-lei-442254-2023-1682343303_original_imprimir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_1310-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_veiculos_de_carga_-_convenio_plataforma__brasil_no_937261-2022_-_r_1.454.40000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_1311-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_de_eq._e_mat._permanente_-_ubs_novo_paraiso_-_r_20.57000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/813/projeto-de-lei-no1312.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/814/projeto-de-lei_no1313.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/821/projeto_de_lei_1314-2023_-_autoriza_o_programa_de_regularizacao_fiscal_-_refis_iptu.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/822/projeto_de_lei_1315-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_custeio_-_proposta_no_202226330005_-_r_500.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/823/projeto_de_lei_1316-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_25.00000_-_semaf_p_semospe.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_1317-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_53.00000_-_semaf_p_semast.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_1318-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_140.00000_-_semaf_p_semusa.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_1319-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_r_477.00000_-_semaf_e_gabinete.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_1320-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_191.61931_-_semusa.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_1321-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_18.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_1322-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquisicao_medicamentos_-_r_56700_-_semaf_p_semusa.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_1323-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquisicao_equipamentos_ubs_sao_felipe_-_r_86.34500_-_semusa.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_1324-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_r_29.35608_-_semusa.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_1325-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_olrindo_-_r_67.16334_-_semece.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_1326-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_reforma_e_ampliacao_escola_olrindo_-_r_41.99292_-_semece.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/837/projeto_de_lei_1327-2023_-_autoriza_desconto_iptu_2023.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_de_lei_1328-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_caminhao_pipa_-_r_36.75986_-_semospe.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_1329-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devolucao_de_saldo_-_aquisicao_caminhao_pipa_-_r_7.25868_-_semospe.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_de_lei_1330-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_termo_de_convenio_no_025fitha2021_-_r_53.44205_-_semospe.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_de_lei_1331-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_cessao_onerosa_pre_sal_-_r_210.98645_-_semap.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_1332-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_70.21125_-_semece.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/844/projeto_de_lei_1333-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_45.03811_-_semap.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_de_lei_1334-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.31613_-_semap.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_de_lei_1335-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_-_aquisicao_implementos_agr._conv._no_438pge-2022-seagri_-_r_2.12493_-_semap.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/847/projeto_de_lei_1336-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_r_50.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_de_lei_1337-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_transferencia_especial_-_investimento_-_proposta_no_202230960003_-_r_700.00000_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_de_lei_1338-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.001717-2023-23_-_r_300.78880_-_semusa.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_de_lei_1339-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_repasse_fundo_a_fundo_-_aquisicao_de_medicamentos_-_proc_no_0005.002107-2023-47_-_r_101.02550_-_semusa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_de_lei_1340-2023_-_autoriza_teste_seletivo_-_odontologo_-_psf_-_semusa.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_de_lei_1341-2023_-_autoriza_a_prorrogacao_do_programa_de_regularizacao_fiscal_-_refis_iptu.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/854/projeto_de_lei_1342-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_manutencao_da_semaf_-_r_189.60000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_de_lei_1343-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manutencao_do_fms_15_-_r_91.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_de_lei_1345-2023_-_abre_credito_adicional_suplementar_por_superavit_financeiro_-_aps_prog._apoio_informatizacao_-_r_72.37380_-_semusa.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/859/projeto_de_lei_1346-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_reforma_e_ampliacao_escola_orlindo_-_r_13.11326_-_semece.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/860/projeto_1347.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/861/projeto_1348.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_1349-2023_-_institui_a_gratificacao_especial_aos_motoristas_lotados_no_gabinete_1.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_1350.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_1351.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_1352.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/889/projeto_de_lei_13532023_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_de_lei_1354-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_19.23750_-_semusa.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_de_lei_1355-2023_-_abre_credito_por_reformulacao_administrativa_-_transferencia_-_r_28.52100_-_gabinete.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/874/projeto_de_lei_1356-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_r_72.00000_-_semaf.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/875/projeto_de_lei_1357-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_50.15500_-_semusa.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/876/projeto_de_lei_1358-2023_-_incorpora_ao_perimetro_urbano_a_area_doada_pelo_sr._onivaldo_trombini_-_32157_ha.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_1359-2023_-_autoriza_teste_seletivo_-_medicos_especialistas_-_ubs_e_hospital_-_semusa.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_1360-2023_-_autoriza_repassar_recursos_recebidos_da_uniao_-_piso_enfermagem.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_1361-2023_-_dispoe_sobre_o_programa_aprende_mais_sao_felipe.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/883/projeto_de_lei_1362-2023_-_altera_o_artigo_4o_da_lei_municipal_1018-2022_-_programa_mais_producao_-_oleo_diesel.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/884/projeto_de_lei_1363-2023_-_lei_revisao__ppa_2024_2025.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/885/projeto_de_lei_1364-2023_-_dispoe_sobre_a_loa_2024.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/886/projeto_de_lei_1365-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_conv._plat.__brasil_907086-2022_-_bloquetes_-_novo_paraiso_-_r_1.010.00000_-_semospe.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_de_lei_1366-2023_-_abre_credito_por_reformulacao_administrativa_-_transposicao_-_camara_municipal_-_r_46.00000_-_cmsfo.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_de_lei_1367-2023_-_abre_credito_por_reformulacao_administrativa_-_remanejamento_-_manut._fms_15_-_r_50.00000_-_gabinete_p_semusa.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_1368-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_complemento_piso_profissonais_de_enfermagem_-_r_125.40000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_1369-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_devol._reforma_ginasio_-_r_15.54585_-_semece.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_de_lei_1370-2023_-_abre_credito_adicional_especial_por_excesso_de_arrecadacao_-_devol._reforma_ginasio_-_r_21.59144_-_semece.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_de_lei_1371-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_devol._reforma_ginasio_-_r_22.71211_-_semece.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_1372.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_no_1373.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_1374.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_1375.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/905/projeto_de_lei_no_1376.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_1377.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_lei_no_1378.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_lei_no_1379.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/911/projeto_de_lei_no_1380.2023.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_lei_no_1381.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_lei_no_1382.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_lei_no_1383.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_lei_1384-2023_-_abre_credito_adicional_especial_por_recursos_vinculados_-_assist._finan._da_uniao_-_complem._piso_dos_prof._enferm._-_r_34.03991_-_semusa.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_lei_no_1385.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_lei_1386-2023_-_abre_credito_adicional_especial_por_recurso_vinculado_-_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_100.00000_-_semusa.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_lei_1387-2023_-_abre_credito_adicional_especial_por_anulacao_de_dotacao_-_contrapartida_aquis._medicamentos_-_proc_no_0005.0044117-2023-04_-_r_4.96800_-_semusa.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/921/projeto_de_lei_no_1388.2023_dispoe_sobre_reformulacao_administrativa_ao_orcamento_vigente_por_meio_de_transposicao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/924/projeto_de_lei_no_1389.2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_1390.2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/926/projeto_de_lei_1391-2023_-_dispoe_sobre_reformulacao_administrativa_-_transposicao_-_r_218.00000_-_semaf_e_semece.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_1392-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_man._farmacia_basica_-_fb_sus_-_r_6.09636_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_lei_1393-2023_-_abre_credito_adicional_especial_por_superavit_financeiro_-_incent._finan._aps_-_port._gm-ms_377-2022_pos_covid_-_r_29.08800_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no._1394.2023_de_22_de_novembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no._1395.2023_de_22_de_novembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_1396.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_1397.2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no._1398.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_lei_no._1399.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no._1400.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_no._1401.2023_de_04_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_no_1402.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/939/projeto_de_lei_no_1403.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/940/projeto_de_lei_no_1404.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/941/projeto_de_lei_no_1405.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_1406.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no._1407.2023_de_06_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_lei_no._1408.2023_de_07_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_no._1409.2023_de_07_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/950/projeto_de_lei_no._1410.2023_de_06_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_1412.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_1413.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_no_1414.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_1415.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_1416.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/958/projeto_de_lei_no_1417.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_1418.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_1419.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_1420.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/962/projeto_de_lei_no_1421.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/963/projeto_de_lei_no_1422.2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_no_1423.2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_1424-2023_-_abre_credito_adicional_especial_por_rec._vinc._-_transf._esp._-_inv._-_prop._no_202330960001_-_complemento_rev._pav._asf._r_512.04520_-_semospe.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_resolucao_002_-_readequacao_salarial.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/768/resolucao_03-2023.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/819/resolucao_no_004.2023.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/880/revoga_artigo_3o_da_resolucao_5.2020.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_resolucao_006_2023_fixa_subsidios_dos_vereadores_e_prefeito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_resolucao_nova_lei_de_licitacoes.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/756/requerimento_001_2023.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento_002_2023.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/891/requerimento_003_2023.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/892/requerimento_004_2023.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/920/requerimento_006_2023_roni.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/946/veto_ao_projeto_de_lei_no_1397-2023_-_revogou_a_lei_1201-2023.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/755/decreto_001_-_contas_2021._sidney_borges_de_oliveira.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/951/decreto_003_-_contas_2022._sidney_borges_de_oliveira_-.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/745/ata_da_primeira_extraordinaria_16_01_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/966/ata-4-extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/746/ata_da_1_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/769/ata_da_2_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/770/ata_da_3_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/775/ata_da_4_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/776/ata_da_5_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/783/ata_da_6_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/784/ata_da_7_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/785/ata_da_8_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/791/ata_da_9_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/792/ata_da_10_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/797/ata_da_11_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/808/ata_da_12_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/809/ata_da_13_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/810/ordem_do_dia_-14a_ordinaria_-__08.05._2023.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/815/ata_da_15_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/816/ata_da_16_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/818/ata_da_17_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/820/ata_da_18_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/828/ata_da_19_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/829/ata_da_20_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/832/ata_da_21_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/843/ata_da_22_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/849/ata_da_23_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/858/ata_da_24_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/862/ata_da_25_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/868/ata_da_26_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/869/ata_da_27_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/871/ata_da_28_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/877/ata_da_29_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/878/ata_da_30_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/890/ata_da_31_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/894/ata_da_32_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/895/ata_da_33_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/900/ata_da_34_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/906/ata_da_35_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/907/ata_da_36_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/913/ata_da_37_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/922/ata_da_38_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/923/ata_da_39_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/933/ata_da_40_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/948/ata_da_41_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/744/formacao_das_comissoes_permanente.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>