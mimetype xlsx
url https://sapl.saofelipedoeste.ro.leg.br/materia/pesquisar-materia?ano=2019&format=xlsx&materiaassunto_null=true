--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,1414 +54,1414 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>FO - FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/47/emenda_modificativa_ldo.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/47/emenda_modificativa_ldo.docx</t>
   </si>
   <si>
     <t>Altera o percentual de remanejamento para 3%.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Espetinho</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_012_-_cicero_-_convenio_correios.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_012_-_cicero_-_convenio_correios.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que através da Secretaria competente seja feito o convênio com a Agencia de Correio Comunitário em Novo Paraíso.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Edmar Inácio Rosa</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_013_-_edmar_-_revisao_de_maquinario.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_013_-_edmar_-_revisao_de_maquinario.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que através da Secretaria competente seja feito revisão nos maquinários da Secretaria de Obras e Agricultura.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_014_-_edmar_-_reforma_da_praca.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_014_-_edmar_-_reforma_da_praca.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que através da Secretaria competente seja feita a reforma da praça municipal e construção de banheiros na mesma.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Prof. Francisco Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_015_-_francisco_-_educacao-_material.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_015_-_francisco_-_educacao-_material.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que compre material didático, pedagógico e expediente para serem usados nas escolas municipais.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_016_-_francisco_-_construcao_de_banheiros.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_016_-_francisco_-_construcao_de_banheiros.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que seja concluída a construção dos banheiros da Escola Orlindo Gonçalves Rocha.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/41/indicacao_017_-_edmar_-_vale_refeicao.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/41/indicacao_017_-_edmar_-_vale_refeicao.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que através da Secretaria competente seja criado um vale refeição para os pacientes que fazem hemodiálise e acompanhantes</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_018_-_cicero_-_mao_unica.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_018_-_cicero_-_mao_unica.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Marcicrênio da Silva Ferreira, Prefeito Municipal, que estude a possibilidade de estabelecer trânsito de mão única na Travessa Vasco da Gama, entre a Avenida Capitão Silvio e a Rua Valdivino Marques Barbosa, assim, proporcionando grande melhoria no fluxo de trânsito de veículos.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_019_-_francisco_-_academia_na_praca.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_019_-_francisco_-_academia_na_praca.docx</t>
   </si>
   <si>
     <t>Indica que seja colocado Academia na Praça de Novo Paraíso.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Enfermeira Antônia</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_021_-_antonia_-.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_021_-_antonia_-.docx</t>
   </si>
   <si>
     <t>Solicito que seja regulamentado o adicional de periculosidade dos vigilantes.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_023-_resultado_do_bo_dos_vereadores_2017.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_023-_resultado_do_bo_dos_vereadores_2017.docx</t>
   </si>
   <si>
     <t>Indica ao Senhor Presidente que requeira informações da Polícia Civil sobre investigações de ameaças contra vereadores em 2017.</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SÃO FELIPE D'OESTE - PMSF</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/20/parecer_previo_-_contas_do__exercicio_2017_-_prefeitura.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/20/parecer_previo_-_contas_do__exercicio_2017_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>CONSTITUCIONAL. ADMINISTRATIVO. CONTAS DE GOVERNO. PRESTAÇÃO DE CONTAS ANUAL. EXERCÍCIO FINANCEIRO DE 2017. PREFEITURA  MUNICIPAL DE SÃO FELIPE DO OESTE-RO. EXECUÇÃO ORÇAMENTÁRIA EM CONSONÂNCIA COM AS REGRAS CONSTITUCIONAIS E LEGAIS. BALANÇO GERAL DO MUNICÍPIO REPRESENTA ADEQUADAMENTE A SITUAÇÃO PATRIMONIAL E OS RESULTADOS ORÇAMENTÁRIOS E FINANCEIROS. FALHAS DE ELABORAÇÃO DO BALANÇO FINANCEIRO NÃO GENERALIZADA NÃO TRAZ MÁCULA À ESTRUTURA PATRIMONIAL. CUMPRIMENTO DOS_x000D_
 ÍNDICES E LIMITES CONSTITUCIONAIS E LEGAIS. ESCORREITA APLICAÇÃO EM EDUCAÇÃO, SAÚDE E REPASSE AO PODER LEGISLATIVO. EQUILÍBRIO_x000D_
 ORÇAMENTÁRIO E FINANCEIRO. GESTÃO FISCAL ATENDEU AOS PRESSUPOSTOS DA LRF. EXTRAPOLAÇÃO DO PERCENTUAL DE DESPESAS_x000D_
 COM PESSOAL MITIGADA POR SE ENCONTRAR NO PRAZO PARA RETORNO AO PARÂMETRO LEGAL NOS TERMOS DO ART. 23, DA LRF, CONTUDO, TAL IRREGULARIDADE, MESMO SEM SE TER DEFINIDO A RESPONSABILIDADE DOS AGENTES, IMPÕE RESSALVAS ÀS CONTAS NA FORMA DA_x000D_
 JURISPRUDÊNCIA DESTA CORTE. PARECER PRÉVIO FAVORÁVEL À APROVAÇÃO DAS CONTAS, COM RESSALVAS. DETERMINAÇÕES. RECOMENDAÇÕES. ALERTAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcicrenio da Silva Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_lei_868-2019_-_revisao_ppa_2020-2021.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_lei_868-2019_-_revisao_ppa_2020-2021.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão do Plano Plurianual - PPA 2020-2021 para o município de São Felipe D'Oeste e estabelece outras providencias.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/81/projeto_de_lei_869-2019_-_loa_2020.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/81/projeto_de_lei_869-2019_-_loa_2020.doc</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o Orçamento Program referente ao exercício de 2020 - Lei Orçamentária Anual - LOA/2020  do município de São Felipe D'Oeste/RO.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_880-2019_-_abre_credito_adicional_mLCE85w.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_880-2019_-_abre_credito_adicional_mLCE85w.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO NO VALOR DE R$ 751.918,50 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_882-2019_-_abre_credito__superavi_aO5cBqJ.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_882-2019_-_abre_credito__superavi_aO5cBqJ.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$ 55.538,61 e dá outas providencias.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_883-2019_-_abre_credito__por__anu_Z3DYFsh.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_883-2019_-_abre_credito__por__anu_Z3DYFsh.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Suplementar por Anulação de Dotação no Valor R$6.306,39 e da outras Providencias.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_884-2019_-_abre_credito_adicional_zbEY2T3.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_884-2019_-_abre_credito_adicional_zbEY2T3.doc</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a abrir Credito Adicional Especial por Superávit Financeiro no Valor de 105.529,35 para fins de aquisição de massa asfáltica e transporte-Termo de Convenio nº. 057/19/PJ/DER-RO, Firmado entre o Governo do Estado de Rondônia e o Município de São Felipe D'Oeste/RO, e dá outras Providencias</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_884-2019_-_abre_credito_adicional_0nEQIfm.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_884-2019_-_abre_credito_adicional_0nEQIfm.doc</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro no Valor de R$105,529,35 para fins de Aquisição de Massa Asfáltica e Transporte-Termo de Convênio nº. 057/19/PJ/DER-RO firmado entre o Governo do Estado de Rondônia e o Município de São Felipe D'Oeste-RO e dá Outras Providencias.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A JORNADA DE TRABALHO DOS ENFERMEIROS, TÉCNICOS E AUXILIARES DE ENFERMAGEM E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/65/projeto_de_lei_834-2019_-_criacao_do_cargo_-_tec_K6c5d6y.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/65/projeto_de_lei_834-2019_-_criacao_do_cargo_-_tec_K6c5d6y.docx</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº. 301/2007, que instituiu o Plano de Cargos e Salários da Prefeitura Municipal de São Felipe D’Oeste e dá outras providências”. Cria o cargo de Técnico em Saúde Bucal.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_835-2019_-_abre_credito_adicional_especial.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_835-2019_-_abre_credito_adicional_especial.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Especial por Recurso Vinculado no valor de R$ 200.000,00, para fins de investimento da atenção especializada do Município de São Felipe D´Oeste/RO, e dá outras providencias.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/17/projeto_de_lei_836-2019_-_autoriza_contratacao_de_gGvxV3h.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/17/projeto_de_lei_836-2019_-_autoriza_contratacao_de_gGvxV3h.doc</t>
   </si>
   <si>
     <t>Dispõe e autoriza a contratação pelo Poder Público Municipal de estagiários em parceria com instituições de ensino e agentes de integração adequando-se as normas da Lei Federal Nº 11.788 de 25 de setembro de 2008 e dá outras providencias.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/32/projeto_de_lei_837-2019_-_autoriza_teste_seletivo_OVqNSmG.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/32/projeto_de_lei_837-2019_-_autoriza_teste_seletivo_OVqNSmG.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a realizar Teste Seletivo o para a contratação de Médico, Farmacêutico e Nutricionista e dá outras providencias.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_838-2019_-_abre_credito_adicional__ZGBS5IG.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_838-2019_-_abre_credito_adicional__ZGBS5IG.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Especial por Superávit Financeiro para fins de incremento temporário do Piso da Atenção Básica do Município de São Felipe D´Oeste/RO, e dá outras providencias</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional por Anulação no valor de R$ 100.000,00 e dá outras providencias.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/16/projeto_de_lei_840-2019_-_altera_o_valor_das_diar_3kkYBeu.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/16/projeto_de_lei_840-2019_-_altera_o_valor_das_diar_3kkYBeu.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 600/2015 ACERCA DO VALOR DAS DIÁRIAS DE CAMPO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_841-2019_-_altera_o_vencimento_bas_sHOuCEK.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_841-2019_-_altera_o_vencimento_bas_sHOuCEK.doc</t>
   </si>
   <si>
     <t>Altera o vencimento básico do cargo de professor nível médio, da prefeitura do município de São Felipe D'Oeste e dá outras providênciasl</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/43/projeto_de_lei_842-2019_-_3a_parcela_transporte__iticQid.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/43/projeto_de_lei_842-2019_-_3a_parcela_transporte__iticQid.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA ABERTURA DE CRÉDITO ESPECIAL VINCULADO AO TERMO DE CONVÊNIO Nº 122/PGE/2016 - TRANSPORTE ESCOLAR - 3ª PARCELA 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/27/ldo_2020.zip</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/27/ldo_2020.zip</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2020 LDO, DO MUNICÍPIO DE SÃO FELIPE D'OESTE-RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_849-2019_-_desconto_iptu_2019.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_849-2019_-_desconto_iptu_2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de desconto no pagamento do IPTU de 2019 e demais taxas vinculadas e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de transferência, por doação, de área urbana de propriedade da municipalidade de São Felipe D'Oeste.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/37/projeto_de_lei_851-2019_-_autoriza_teste_seletivo_voc3Mjr.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/37/projeto_de_lei_851-2019_-_autoriza_teste_seletivo_voc3Mjr.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Teste Seletivo Simplificado para a contratação de Médico Veterinário e Odontólogo e dá outras providencias”.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_852-2019_-__transporte_escolar_-_1_QzxdbNz.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_852-2019_-__transporte_escolar_-_1_QzxdbNz.doc</t>
   </si>
   <si>
     <t>DISPÕE AUTORIZAÇÃO AO PODER EXECUTIVO PARA ABERTURA DE CRÉDITO ESPECIAL VINCULADO AO TERMO DE CONVÊNIO Nº 122/PGE/2016 – TRANSPORTE ESCOLAR – 1ª PARCELA 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/40/projeto_de_lei_853-2019_-_abre_credito_adicional__Ydsx1gR.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/40/projeto_de_lei_853-2019_-_abre_credito_adicional__Ydsx1gR.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir Credito Adicional Especial por Superávit Financeiro para fins de atendimento ao Convênio 044/18/FITHA de São Felipe D´Oeste/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/44/projeto_de_lei_854-2019_-_altera_o_piso_salarial__MXacwEL.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/44/projeto_de_lei_854-2019_-_altera_o_piso_salarial__MXacwEL.doc</t>
   </si>
   <si>
     <t>ALTERA O SALÁRIO BASE DA CATEGORIA DE AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/60/projeto_de_lei_856-2019_-_cria_o_auxilio_transpor_MICr8KH.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/60/projeto_de_lei_856-2019_-_cria_o_auxilio_transpor_MICr8KH.doc</t>
   </si>
   <si>
     <t>“Cria a Gratificação de Auxílio Transporte destinada aos de Agentes Comunitários de Saúde, e dá outras providências”.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_857-2019_-_convenio_no__fitha_-_2019.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_857-2019_-_convenio_no__fitha_-_2019.docx</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir Credito Especial por Recurso Vinculado no valor de R$ 298.146,57, a fim de cumprimento de celebração do Convênio do FITHA/2019 celebrado com o Governo do Estado de Rondônia, da Prefeitura do Município de São Felipe D´Oeste/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/62/projeto_de_lei_858-2019_-_remanejamento_-_concurso_2019.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/62/projeto_de_lei_858-2019_-_remanejamento_-_concurso_2019.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre REFORMULAÇÃO ADMINISTRATIVA ao Orçamento Vigente por TRANSPOSIÇÃO no valor de R$ 90.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei_859-2019_-_abre_credito_adicional__lcQLGEz.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei_859-2019_-_abre_credito_adicional__lcQLGEz.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir Crédito Adicional Especial por Anulação no valor de R$ 19.240,95 e dá outras providencias”.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/68/projeto_de_lei_860-2019_-_criacao_do_cargo.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/68/projeto_de_lei_860-2019_-_criacao_do_cargo.doc</t>
   </si>
   <si>
     <t>CRIA CARGOS DE COORDENADORIA DE GESTÃO ADMINISTRATIVA E FINANCEIRA, GERENCIAMENTO DE PROCESSAMENTO DE DADOS E DE DIRETOR DO ESF 01 DO MUNICÍPIO DE SÃO FELIPE D'OESTE/RO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/66/projeto_de_lei_861-2019_-_altera_a_lei_0331998_-__vDgxIm9.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/66/projeto_de_lei_861-2019_-_altera_a_lei_0331998_-__vDgxIm9.doc</t>
   </si>
   <si>
     <t>Altera o artigo 65 da Lei Municipal 033/1998 e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/67/projeto_de_lei_862-2019_-_altera_a_lei_7612019_-__L2xLYRg.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/67/projeto_de_lei_862-2019_-_altera_a_lei_7612019_-__L2xLYRg.doc</t>
   </si>
   <si>
     <t>Altera o Artigo 4º da Lei Municipal 761/2019 e dá outras providencias.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_863-2019_-_declaracao_de_utilidade_ayAmu4f.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_863-2019_-_declaracao_de_utilidade_ayAmu4f.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DECLARAR DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CENTRAL DOS PRODUTORES RURAIS DO MUNICIPIO DE SÃO FELIPE D'OESTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_864-2019_-_declaracao_de_utilidade_rgqjPYu.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_864-2019_-_declaracao_de_utilidade_rgqjPYu.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DECLARAR DE UTILIDADE PUBLICA A COOPERATIVA AGROPECUÁRIA DE SÃO FELIPE E PRIMAVERA - COASFP E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_lei_865-2019_-_credito_395_187_00.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_lei_865-2019_-_credito_395_187_00.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO VALOR DE R$ 395 187 00 PARA FINS DE INCREMENTO JUNTO AO CUSTEIO DA ATENÇÃO BÁSICA DO MUNICÍPIO DE SÃO FELIPE D'OESTE/RO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_866-2019_-_linha_siqueira.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_866-2019_-_linha_siqueira.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUNICIPALIZAÇÃO DE ESTRADA VICINAL NO MUNICÍPIO DE SÃO FELIPE D'OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/78/projeto_de_lei_867-2019_-_altera_leis_municipais__bBd5miL.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/78/projeto_de_lei_867-2019_-_altera_leis_municipais__bBd5miL.doc</t>
   </si>
   <si>
     <t>Altera parcialmente as Leis Municipais 301/20017; 335/2008; 656/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Uruey8s.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Uruey8s.doc</t>
   </si>
   <si>
     <t>Altera a Lei 390/2010 que criou o Auxilio Deslocamento para os médicos profissionais efetivos do Município de São Felipe D"Oeste-RO.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Ivj1mcD.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Ivj1mcD.doc</t>
   </si>
   <si>
     <t>Altera a Lei 390/2010 que criou o auxilio deslocamento para os médicos profissionais efetivos do Município de São FelipeD'Oeste-RO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_871-2019_-_comodato_com_a_associac_kU5n9bB.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_871-2019_-_comodato_com_a_associac_kU5n9bB.doc</t>
   </si>
   <si>
     <t>Autoriza o município de São Felipe D'Oeste a celebrar Termo de Comodato com a Associação dos Acadêmicos de São Felipe D'Oeste-RO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_872-2019_-_altera_o_valor_rpv_precatorios.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_872-2019_-_altera_o_valor_rpv_precatorios.doc</t>
   </si>
   <si>
     <t>Fixa para o município de São Felipe D'Oeste o valor para pagamento de obrigações de pequeno valor/RPV decorrentes de decisões judiciais, nos termos do artigo 100, parágrafos 3º e 4º da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_873-2019_-_declara_area_de_expans_vRqUIT9.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_873-2019_-_declara_area_de_expans_vRqUIT9.docx</t>
   </si>
   <si>
     <t>Declara como área de expansão urbana parte da área do Lote Rural 104 da Gleba 01 Linha 45 e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_874-2019_-_programa_de_tecnologia.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_874-2019_-_programa_de_tecnologia.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MECANISMOS, MEDIDAS E PROJETOS PARA ESTÍMULO AO DESENVOLVIMENTO CIENTÍFICO, Á PESQUISA, Á CAPACITAÇÃO CIENTIFICA E TECNOLÓGICA E À INOVAÇÃO NO MUNICÍPIO DE SÃO FELIPE D'OESTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_875-2019_-__saldo_fitha_2018_-_amp_YQvrhHg.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_875-2019_-__saldo_fitha_2018_-_amp_YQvrhHg.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Especial por Superávit Financeiro para fins de atendimento ao Convênio 044/18/FITHA de São Felipe D'Oeste/RO e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_877.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_877.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO VALOR DE R$ 300.000,00 PARA FINS DE INVESTIMENTOS EM EQUIPAMENTOS E MATERIAIS PERMANENTES DA ATENÇÃO BÁSICA DO MUNICIPIO DE SÃO FELIPE D'OESTE/RO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_878.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_878.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO VALOR DE R$ 200.000,00 PARA FINS DE INVESTIMENTOS EM EQUIPAMENTOS E MATERIAIS PERMANENTES DA ATENÇÃO BÁSICA DO MUNICÍPIO DE SÃO FELIPE D'OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_879-2019_-_institui_o_adicional_d_WLLxniS.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_879-2019_-_institui_o_adicional_d_WLLxniS.doc</t>
   </si>
   <si>
     <t>INSTITUI O ADICIONAL DE PERICULOSIDADE PARA OS VIGILANTES MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_881-2019_-_abre_credito_adicional.doc</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_881-2019_-_abre_credito_adicional.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 3.727,64 para fins de investimentos em equipamentos e aquisição de materiais de consumo - Programa Brasil Carinhoso do Município de São Felipe D'Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/19/resolucao_004-2019_da_presidencia.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/19/resolucao_004-2019_da_presidencia.docx</t>
   </si>
   <si>
     <t>Apurar fatos referentes a supostos superfaturamento.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Câmara Municipal de São Felipe D'Oeste - CMSF</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/23/resolucao_006_-_regula_o_acesso_a_informacoes_da_camara.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/23/resolucao_006_-_regula_o_acesso_a_informacoes_da_camara.docx</t>
   </si>
   <si>
     <t>REGULA O ACESSO A INFORMAÇÕES DA CÂMARA MUNICIPAL DE SÃO FELIPE D´OESTE – RO, PREVISTO NO INCISO XXXIII DO ART. 5°, INCISO II DO § 3° DO ART. 37 E NO §2° DO ART. 216 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/24/resolucao_007_-_institui_a_ouvidoria.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/24/resolucao_007_-_institui_a_ouvidoria.docx</t>
   </si>
   <si>
     <t>INSTITUI A OUVIDORIA PARLAMENTAR DA CÂMARA MUNICIPAL DE SÂO FELIPE D´OESTE – RO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/45/resolucao_008-2019_-diarias.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/45/resolucao_008-2019_-diarias.docx</t>
   </si>
   <si>
     <t>Regulamenta a concessão de diárias para o Presidente da Câmara, Vereadores, Secretários, Controlador Interno, Advogado e demais servidores públicos subordinados ao Poder Legislativo do Município de São Felipe D'Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/96/resolucao_009-2019_da_presidencia.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/96/resolucao_009-2019_da_presidencia.docx</t>
   </si>
   <si>
     <t>CPI - USO INDEVIDO DE MAQUINÁRIO PÚBLICO.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_004_-_convoca_secretario_de_obras.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_004_-_convoca_secretario_de_obras.docx</t>
   </si>
   <si>
     <t>Convoca Secretário de Obras.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Convoca Secretária de Educação.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_006_-_prorrogacao_de_cpi.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_006_-_prorrogacao_de_cpi.docx</t>
   </si>
   <si>
     <t>PRORROGA por mais 90 (noventa) dias  o Prazo da CPI formada através da Resolução 004/2019 que CRIA COMISSÃO PARLAMENTAR DE INQUÉRITO, PARA APURAR FATOS REFERENTES AO REQUERIMENTO Nº. 003/2019 DA CAMARA MUNICIPAL DE SÃO FELIPE D’OESTE-RO</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_007_-_obra_escola_orlindo.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_007_-_obra_escola_orlindo.docx</t>
   </si>
   <si>
     <t>Requer cópia do Projeto de Execução da Obra de Construção e Reforma da Escola Orlindo Gonçalves da Rocha em Novo Paraíso.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_008_-_ampliacao_da_feira_e_banheiros.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_008_-_ampliacao_da_feira_e_banheiros.docx</t>
   </si>
   <si>
     <t>Requer cópia do Projeto de Execução da Obra de Ampliação do barracão da feira e da construção dos banheiros.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/71/requerimento_009_-_convoca_secretario_de_obras.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/71/requerimento_009_-_convoca_secretario_de_obras.docx</t>
   </si>
   <si>
     <t>Convoca o Secretário Municipal de Obras.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/75/requerimento_010-_copias_doc._-_cicero_-.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/75/requerimento_010-_copias_doc._-_cicero_-.docx</t>
   </si>
   <si>
     <t>Cópias de documentos.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_011_cpi.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_011_cpi.docx</t>
   </si>
   <si>
     <t>CPI - PROVÁVEL USO INDEVIDO DE MAQUINÁRIO PÚBLICO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_012_-_explicacoes_fisioterapeuta.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_012_-_explicacoes_fisioterapeuta.docx</t>
   </si>
   <si>
     <t>SOBRE A FISIOTERAPEUTA.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/118/requerimento_013_-_falta_de_aulas_em_novo_paraiso.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/118/requerimento_013_-_falta_de_aulas_em_novo_paraiso.docx</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 14 /2019 REQUER INFORMAÇÕES DO  SECRETARIO DE SAÚDE</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/122/requerimento_015_-_cicero_sampaio_requer_inform_aDRZkGw.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/122/requerimento_015_-_cicero_sampaio_requer_inform_aDRZkGw.docx</t>
   </si>
   <si>
     <t>REQUER CÓPIAS DOS DECRETOS DE REMANEJAMENTO REFERENTE AO PERÍODO DE JANEIRO A SETEMBRO DE 2019.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>REQUER CÓPIAS DE DOCUMENTOS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Paulo  Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_017_-_copias_de_documentos_-agendamento.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_017_-_copias_de_documentos_-agendamento.docx</t>
   </si>
   <si>
     <t>Requer cópia de documentos.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_018_prorrogacao_de_cpi_YDx0u3Y.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_018_prorrogacao_de_cpi_YDx0u3Y.docx</t>
   </si>
   <si>
     <t>Prorrogação de CPI</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/59/veto.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/59/veto.docx</t>
   </si>
   <si>
     <t>Veta parcialmente o projeto de lei nº 843/2019 aprovado pela Câmara Municipal.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>CVT</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/48/01_-_convite_audiencia_publica_ldo.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/48/01_-_convite_audiencia_publica_ldo.docx</t>
   </si>
   <si>
     <t>LDO.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/49/02_-_convite_audiencia_publica_portal.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/49/02_-_convite_audiencia_publica_portal.docx</t>
   </si>
   <si>
     <t>PORTAL</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/50/03_-_convite_audiencia_publica_cras.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/50/03_-_convite_audiencia_publica_cras.docx</t>
   </si>
   <si>
     <t>ENFRENTAMENTO AO USO INDEVIDO DO ÁLCOOL E OUTRAS DROGAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/91/audiencia.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/91/audiencia.docx</t>
   </si>
   <si>
     <t>SEMUSA.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/94/setembro_amarelo.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/94/setembro_amarelo.docx</t>
   </si>
   <si>
     <t>PALESTRA INSTITUCIONAL - SETEMBRO AMARELO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/51/decreto_040_-_contas_2017.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/51/decreto_040_-_contas_2017.docx</t>
   </si>
   <si>
     <t>Aprova as Contas do Prefeito do Município de São Felipe D’Oeste, referente ao Exercício Financeiro de 2017</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>ATA DE REUNIÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/58/18-_17_junho.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/58/18-_17_junho.docx</t>
   </si>
   <si>
     <t>Ata da 18ª Reunião Ordinária da Terceira Sessão Legislativa da Sexta Legislatura.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/64/19_-_24_junho.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/64/19_-_24_junho.docx</t>
   </si>
   <si>
     <t>Ata da Reunião ordinária do dia 24 de junho de 2019</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/72/ata_20_-_05_de_agosto.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/72/ata_20_-_05_de_agosto.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA REUNIÃO ORDINÁRIA REALIZADA EM 05.08.2019.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/76/ata_21_-_12_agosto.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/76/ata_21_-_12_agosto.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Primeira Reunião realizada em 12/08/2019.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/79/ata_22_-_19_agosto.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/79/ata_22_-_19_agosto.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Segunda Reunião - 19/08/2019</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/80/ata_23_-_28_agosto.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/80/ata_23_-_28_agosto.pdf</t>
   </si>
   <si>
     <t>Ata da Reunião Ordinária do dia 28/08/2019.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DA VIGÉSIMA QUARTA REUNIÃO ORDINÁRIA . . .</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/86/ata_25_-11_setembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/86/ata_25_-11_setembro.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Quinta Reunião Ordinária.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/92/ata_26_-16_setembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/92/ata_26_-16_setembro.pdf</t>
   </si>
   <si>
     <t>DISCUSSÃO E VOTAÇÃO DA ATA DA VIGÉSIMA SEXTA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/105/ata_27_-24_setembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/105/ata_27_-24_setembro.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SÉTIMA REUNIÃO.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/114/ata_28_-30_setembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/114/ata_28_-30_setembro.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DA VIGÉSIMA OITAVA REUNIÃO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/117/ata_29_-_07__outubro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/117/ata_29_-_07__outubro.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA NONA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE SÃO FELIPE D'OESTE - CMSF</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/120/ata_30_-_14__outubro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/120/ata_30_-_14__outubro.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/121/ata_31_-_21__outubro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/121/ata_31_-_21__outubro.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA PRIMEIRA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/124/ata_32_-_28__outubro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/124/ata_32_-_28__outubro.pdf</t>
   </si>
   <si>
     <t>Trigésima Segunda Reunião.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/127/ata_33_-_04_novembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/127/ata_33_-_04_novembro.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA TERCEIRA REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/130/ata_34_-_11__novembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/130/ata_34_-_11__novembro.pdf</t>
   </si>
   <si>
     <t>Ata da Trigésima Quarta Reunião Ordinária.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/135/ata_35_-_18__novembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/135/ata_35_-_18__novembro.pdf</t>
   </si>
   <si>
     <t>Ata da Trigésima Quinta Reunião Ordinária. . .</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/136/ata_37_-_02_dezembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/136/ata_37_-_02_dezembro.pdf</t>
   </si>
   <si>
     <t>Ata da Trigésima Sétima Reunião Ordinária . . .</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/139/ata_38_-_09_dezembro.pdf</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/139/ata_38_-_09_dezembro.pdf</t>
   </si>
   <si>
     <t>Ata da 38ª Reunião Ordinária . . .</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/97/lei_769-2019_-_autoriza_credito_adicional_-_fitha_-_2019.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/97/lei_769-2019_-_autoriza_credito_adicional_-_fitha_-_2019.docx</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/98/lei_770-2019_-_autoriza_credito_adicional_especi_1a3UXL0.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/98/lei_770-2019_-_autoriza_credito_adicional_especi_1a3UXL0.docx</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/99/lei_771-2019_-_cria_o_auxilio_transporte_aos_acs_FxiXYpV.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/99/lei_771-2019_-_cria_o_auxilio_transporte_aos_acs_FxiXYpV.docx</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/100/lei_772-2019_-_lei_de_diretrizes_orcamentarias__uexXmkh.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/100/lei_772-2019_-_lei_de_diretrizes_orcamentarias__uexXmkh.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2020 LDO, do Município de São Felipe D´Oeste-RO e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/101/lei_773-2019_-_declara_de_utilidade_publica__as_Lti5bbr.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/101/lei_773-2019_-_declara_de_utilidade_publica__as_Lti5bbr.docx</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a Declarar de Utilidade Pública a Associação Central dos Produtores Rurais do Município de São Felipe d’Oeste e dá outras providências”.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/102/lei_774-2019_-_altera_a_lei_dos_estagiarios.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/102/lei_774-2019_-_altera_a_lei_dos_estagiarios.docx</t>
   </si>
   <si>
     <t>“Altera o Artigo 4º, 13 e 15 § 1º da Lei Municipal 761/2019 e dá outras providências”. ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/103/lei_775-2019_-_torna_cooperativa_entidade_de_ut_ZrlEOaj.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/103/lei_775-2019_-_torna_cooperativa_entidade_de_ut_ZrlEOaj.docx</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a Declarar de Utilidade Pública a Cooperativa Agropecuária de São Felipe d Primavera - COASFP e dá outras providências”.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/106/lei_776-2019_-__incremento_atencao_basica_-_r_3_KJNtjW2.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/106/lei_776-2019_-__incremento_atencao_basica_-_r_3_KJNtjW2.docx</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir Credito Adicional Especial por Recursos Vinculados no valor de R$ 395.187,00 para fins de incremento junto ao Custeio da Atenção Básica do Município de São Felipe D´Oeste/RO, e dá outras providencias”.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/107/lei_777-2019_-_altera_parcialmente_as_leis_de_c_eQYRCyY.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/107/lei_777-2019_-_altera_parcialmente_as_leis_de_c_eQYRCyY.docx</t>
   </si>
   <si>
     <t>“Altera parcialmente as Leis Municipais 301/2007, 335/2008, 656/2017 e 754/2019, e dá outras providências”.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/108/lei_778-2019_-_cria_a_linha_vicinal_-_linha_siqueira.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/108/lei_778-2019_-_cria_a_linha_vicinal_-_linha_siqueira.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a municipalização de Estrada Vicinal no Município de São Felipe D´Oeste/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/109/lei_779-2019_-_altera_o_valor_do_auxilio_desloc_BsdPmj1.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/109/lei_779-2019_-_altera_o_valor_do_auxilio_desloc_BsdPmj1.docx</t>
   </si>
   <si>
     <t>“Altera a Lei 390/2010 que criou o Auxílio Deslocamento para os médicos profissionais efetivos do Município de São Felipe D´Oeste/RO”.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/110/lei_780-2019_-_autoriza_celebrar_termo_de_comod_CthIWiB.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/110/lei_780-2019_-_autoriza_celebrar_termo_de_comod_CthIWiB.docx</t>
   </si>
   <si>
     <t>: “Autoriza o Município de São Felipe d’Oeste a celebrar Termo de Comodato com a Associação dos Acadêmicos de São Felipe d’Oeste”.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/111/lei_781-2019_-_abertura_de_credito_por_superavi_7CvNOuV.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/111/lei_781-2019_-_abertura_de_credito_por_superavi_7CvNOuV.docx</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/112/lei_782-2019_-_altera_o_valor_do_rpv_-_5_sm.docx</t>
+    <t>http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/112/lei_782-2019_-_altera_o_valor_do_rpv_-_5_sm.docx</t>
   </si>
   <si>
     <t>“Fixa para o Município de São Felipe d’Oeste o valor para pagamento de Obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, parágrafos 3° e 4° da Constituição Federal e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1768,68 +1768,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/47/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_012_-_cicero_-_convenio_correios.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_013_-_edmar_-_revisao_de_maquinario.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_014_-_edmar_-_reforma_da_praca.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_015_-_francisco_-_educacao-_material.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_016_-_francisco_-_construcao_de_banheiros.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/41/indicacao_017_-_edmar_-_vale_refeicao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_018_-_cicero_-_mao_unica.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_019_-_francisco_-_academia_na_praca.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_021_-_antonia_-.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_023-_resultado_do_bo_dos_vereadores_2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/20/parecer_previo_-_contas_do__exercicio_2017_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_lei_868-2019_-_revisao_ppa_2020-2021.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/81/projeto_de_lei_869-2019_-_loa_2020.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_880-2019_-_abre_credito_adicional_mLCE85w.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_882-2019_-_abre_credito__superavi_aO5cBqJ.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_883-2019_-_abre_credito__por__anu_Z3DYFsh.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_884-2019_-_abre_credito_adicional_zbEY2T3.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_884-2019_-_abre_credito_adicional_0nEQIfm.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/65/projeto_de_lei_834-2019_-_criacao_do_cargo_-_tec_K6c5d6y.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_835-2019_-_abre_credito_adicional_especial.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/17/projeto_de_lei_836-2019_-_autoriza_contratacao_de_gGvxV3h.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/32/projeto_de_lei_837-2019_-_autoriza_teste_seletivo_OVqNSmG.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_838-2019_-_abre_credito_adicional__ZGBS5IG.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/16/projeto_de_lei_840-2019_-_altera_o_valor_das_diar_3kkYBeu.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_841-2019_-_altera_o_vencimento_bas_sHOuCEK.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/43/projeto_de_lei_842-2019_-_3a_parcela_transporte__iticQid.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/27/ldo_2020.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_849-2019_-_desconto_iptu_2019.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/37/projeto_de_lei_851-2019_-_autoriza_teste_seletivo_voc3Mjr.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_852-2019_-__transporte_escolar_-_1_QzxdbNz.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/40/projeto_de_lei_853-2019_-_abre_credito_adicional__Ydsx1gR.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/44/projeto_de_lei_854-2019_-_altera_o_piso_salarial__MXacwEL.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/60/projeto_de_lei_856-2019_-_cria_o_auxilio_transpor_MICr8KH.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_857-2019_-_convenio_no__fitha_-_2019.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/62/projeto_de_lei_858-2019_-_remanejamento_-_concurso_2019.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei_859-2019_-_abre_credito_adicional__lcQLGEz.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/68/projeto_de_lei_860-2019_-_criacao_do_cargo.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/66/projeto_de_lei_861-2019_-_altera_a_lei_0331998_-__vDgxIm9.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/67/projeto_de_lei_862-2019_-_altera_a_lei_7612019_-__L2xLYRg.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_863-2019_-_declaracao_de_utilidade_ayAmu4f.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_864-2019_-_declaracao_de_utilidade_rgqjPYu.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_lei_865-2019_-_credito_395_187_00.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_866-2019_-_linha_siqueira.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/78/projeto_de_lei_867-2019_-_altera_leis_municipais__bBd5miL.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Uruey8s.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Ivj1mcD.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_871-2019_-_comodato_com_a_associac_kU5n9bB.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_872-2019_-_altera_o_valor_rpv_precatorios.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_873-2019_-_declara_area_de_expans_vRqUIT9.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_874-2019_-_programa_de_tecnologia.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_875-2019_-__saldo_fitha_2018_-_amp_YQvrhHg.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_877.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_878.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_879-2019_-_institui_o_adicional_d_WLLxniS.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_881-2019_-_abre_credito_adicional.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/19/resolucao_004-2019_da_presidencia.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/23/resolucao_006_-_regula_o_acesso_a_informacoes_da_camara.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/24/resolucao_007_-_institui_a_ouvidoria.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/45/resolucao_008-2019_-diarias.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/96/resolucao_009-2019_da_presidencia.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_004_-_convoca_secretario_de_obras.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_006_-_prorrogacao_de_cpi.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_007_-_obra_escola_orlindo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_008_-_ampliacao_da_feira_e_banheiros.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/71/requerimento_009_-_convoca_secretario_de_obras.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/75/requerimento_010-_copias_doc._-_cicero_-.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_011_cpi.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_012_-_explicacoes_fisioterapeuta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/118/requerimento_013_-_falta_de_aulas_em_novo_paraiso.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/122/requerimento_015_-_cicero_sampaio_requer_inform_aDRZkGw.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_017_-_copias_de_documentos_-agendamento.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_018_prorrogacao_de_cpi_YDx0u3Y.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/59/veto.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/48/01_-_convite_audiencia_publica_ldo.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/49/02_-_convite_audiencia_publica_portal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/50/03_-_convite_audiencia_publica_cras.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/91/audiencia.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/94/setembro_amarelo.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/51/decreto_040_-_contas_2017.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/58/18-_17_junho.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/64/19_-_24_junho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/72/ata_20_-_05_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/76/ata_21_-_12_agosto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/79/ata_22_-_19_agosto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/80/ata_23_-_28_agosto.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/86/ata_25_-11_setembro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/92/ata_26_-16_setembro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/105/ata_27_-24_setembro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/114/ata_28_-30_setembro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/117/ata_29_-_07__outubro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/120/ata_30_-_14__outubro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/121/ata_31_-_21__outubro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/124/ata_32_-_28__outubro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/127/ata_33_-_04_novembro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/130/ata_34_-_11__novembro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/135/ata_35_-_18__novembro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/136/ata_37_-_02_dezembro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/139/ata_38_-_09_dezembro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/97/lei_769-2019_-_autoriza_credito_adicional_-_fitha_-_2019.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/98/lei_770-2019_-_autoriza_credito_adicional_especi_1a3UXL0.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/99/lei_771-2019_-_cria_o_auxilio_transporte_aos_acs_FxiXYpV.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/100/lei_772-2019_-_lei_de_diretrizes_orcamentarias__uexXmkh.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/101/lei_773-2019_-_declara_de_utilidade_publica__as_Lti5bbr.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/102/lei_774-2019_-_altera_a_lei_dos_estagiarios.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/103/lei_775-2019_-_torna_cooperativa_entidade_de_ut_ZrlEOaj.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/106/lei_776-2019_-__incremento_atencao_basica_-_r_3_KJNtjW2.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/107/lei_777-2019_-_altera_parcialmente_as_leis_de_c_eQYRCyY.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/108/lei_778-2019_-_cria_a_linha_vicinal_-_linha_siqueira.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/109/lei_779-2019_-_altera_o_valor_do_auxilio_desloc_BsdPmj1.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/110/lei_780-2019_-_autoriza_celebrar_termo_de_comod_CthIWiB.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/111/lei_781-2019_-_abertura_de_credito_por_superavi_7CvNOuV.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/112/lei_782-2019_-_altera_o_valor_do_rpv_-_5_sm.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/47/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_012_-_cicero_-_convenio_correios.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_013_-_edmar_-_revisao_de_maquinario.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_014_-_edmar_-_reforma_da_praca.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_015_-_francisco_-_educacao-_material.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_016_-_francisco_-_construcao_de_banheiros.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/41/indicacao_017_-_edmar_-_vale_refeicao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_018_-_cicero_-_mao_unica.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_019_-_francisco_-_academia_na_praca.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_021_-_antonia_-.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_023-_resultado_do_bo_dos_vereadores_2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/20/parecer_previo_-_contas_do__exercicio_2017_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_lei_868-2019_-_revisao_ppa_2020-2021.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/81/projeto_de_lei_869-2019_-_loa_2020.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_880-2019_-_abre_credito_adicional_mLCE85w.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_882-2019_-_abre_credito__superavi_aO5cBqJ.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_883-2019_-_abre_credito__por__anu_Z3DYFsh.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_884-2019_-_abre_credito_adicional_zbEY2T3.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_884-2019_-_abre_credito_adicional_0nEQIfm.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/65/projeto_de_lei_834-2019_-_criacao_do_cargo_-_tec_K6c5d6y.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_835-2019_-_abre_credito_adicional_especial.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/17/projeto_de_lei_836-2019_-_autoriza_contratacao_de_gGvxV3h.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/32/projeto_de_lei_837-2019_-_autoriza_teste_seletivo_OVqNSmG.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_838-2019_-_abre_credito_adicional__ZGBS5IG.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/16/projeto_de_lei_840-2019_-_altera_o_valor_das_diar_3kkYBeu.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_841-2019_-_altera_o_vencimento_bas_sHOuCEK.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/43/projeto_de_lei_842-2019_-_3a_parcela_transporte__iticQid.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/27/ldo_2020.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_849-2019_-_desconto_iptu_2019.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/37/projeto_de_lei_851-2019_-_autoriza_teste_seletivo_voc3Mjr.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_852-2019_-__transporte_escolar_-_1_QzxdbNz.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/40/projeto_de_lei_853-2019_-_abre_credito_adicional__Ydsx1gR.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/44/projeto_de_lei_854-2019_-_altera_o_piso_salarial__MXacwEL.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/60/projeto_de_lei_856-2019_-_cria_o_auxilio_transpor_MICr8KH.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_857-2019_-_convenio_no__fitha_-_2019.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/62/projeto_de_lei_858-2019_-_remanejamento_-_concurso_2019.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei_859-2019_-_abre_credito_adicional__lcQLGEz.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/68/projeto_de_lei_860-2019_-_criacao_do_cargo.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/66/projeto_de_lei_861-2019_-_altera_a_lei_0331998_-__vDgxIm9.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/67/projeto_de_lei_862-2019_-_altera_a_lei_7612019_-__L2xLYRg.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_863-2019_-_declaracao_de_utilidade_ayAmu4f.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_864-2019_-_declaracao_de_utilidade_rgqjPYu.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_lei_865-2019_-_credito_395_187_00.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_866-2019_-_linha_siqueira.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/78/projeto_de_lei_867-2019_-_altera_leis_municipais__bBd5miL.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Uruey8s.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_870-2019_-_altera_a_lei_do_auxilio_Ivj1mcD.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_871-2019_-_comodato_com_a_associac_kU5n9bB.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_872-2019_-_altera_o_valor_rpv_precatorios.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_873-2019_-_declara_area_de_expans_vRqUIT9.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_874-2019_-_programa_de_tecnologia.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_875-2019_-__saldo_fitha_2018_-_amp_YQvrhHg.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_877.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_878.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_879-2019_-_institui_o_adicional_d_WLLxniS.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_881-2019_-_abre_credito_adicional.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/19/resolucao_004-2019_da_presidencia.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/23/resolucao_006_-_regula_o_acesso_a_informacoes_da_camara.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/24/resolucao_007_-_institui_a_ouvidoria.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/45/resolucao_008-2019_-diarias.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/96/resolucao_009-2019_da_presidencia.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_004_-_convoca_secretario_de_obras.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_006_-_prorrogacao_de_cpi.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_007_-_obra_escola_orlindo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_008_-_ampliacao_da_feira_e_banheiros.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/71/requerimento_009_-_convoca_secretario_de_obras.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/75/requerimento_010-_copias_doc._-_cicero_-.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_011_cpi.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_012_-_explicacoes_fisioterapeuta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/118/requerimento_013_-_falta_de_aulas_em_novo_paraiso.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/122/requerimento_015_-_cicero_sampaio_requer_inform_aDRZkGw.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_017_-_copias_de_documentos_-agendamento.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_018_prorrogacao_de_cpi_YDx0u3Y.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/59/veto.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/48/01_-_convite_audiencia_publica_ldo.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/49/02_-_convite_audiencia_publica_portal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/50/03_-_convite_audiencia_publica_cras.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/91/audiencia.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/94/setembro_amarelo.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/51/decreto_040_-_contas_2017.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/58/18-_17_junho.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/64/19_-_24_junho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/72/ata_20_-_05_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/76/ata_21_-_12_agosto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/79/ata_22_-_19_agosto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/80/ata_23_-_28_agosto.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/86/ata_25_-11_setembro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/92/ata_26_-16_setembro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/105/ata_27_-24_setembro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/114/ata_28_-30_setembro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/117/ata_29_-_07__outubro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/120/ata_30_-_14__outubro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/121/ata_31_-_21__outubro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/124/ata_32_-_28__outubro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/127/ata_33_-_04_novembro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/130/ata_34_-_11__novembro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/135/ata_35_-_18__novembro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/136/ata_37_-_02_dezembro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/139/ata_38_-_09_dezembro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/97/lei_769-2019_-_autoriza_credito_adicional_-_fitha_-_2019.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/98/lei_770-2019_-_autoriza_credito_adicional_especi_1a3UXL0.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/99/lei_771-2019_-_cria_o_auxilio_transporte_aos_acs_FxiXYpV.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/100/lei_772-2019_-_lei_de_diretrizes_orcamentarias__uexXmkh.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/101/lei_773-2019_-_declara_de_utilidade_publica__as_Lti5bbr.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/102/lei_774-2019_-_altera_a_lei_dos_estagiarios.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/103/lei_775-2019_-_torna_cooperativa_entidade_de_ut_ZrlEOaj.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/106/lei_776-2019_-__incremento_atencao_basica_-_r_3_KJNtjW2.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/107/lei_777-2019_-_altera_parcialmente_as_leis_de_c_eQYRCyY.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/108/lei_778-2019_-_cria_a_linha_vicinal_-_linha_siqueira.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/109/lei_779-2019_-_altera_o_valor_do_auxilio_desloc_BsdPmj1.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/110/lei_780-2019_-_autoriza_celebrar_termo_de_comod_CthIWiB.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/111/lei_781-2019_-_abertura_de_credito_por_superavi_7CvNOuV.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofelipedoeste.ro.leg.br/media/sapl/public/materialegislativa/2019/112/lei_782-2019_-_altera_o_valor_do_rpv_-_5_sm.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>